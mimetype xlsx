--- v0 (2025-10-08)
+++ v1 (2026-02-07)
@@ -2,60 +2,60 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\共有ドライブ\学術研究支援部：KGRI：運営業務\15_人事\15_特任教員・研究員　任用等\様式用紙\202510～\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5482E7F2-44C0-46B6-81CB-0E2D5D842707}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{805E373F-8C16-4506-BFD7-2418C9BA5DCA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" activeTab="1" xr2:uid="{F7A0DCC5-F036-4F7C-8011-C87385186D9F}"/>
+    <workbookView xWindow="13905" yWindow="5070" windowWidth="38700" windowHeight="15345" xr2:uid="{F7A0DCC5-F036-4F7C-8011-C87385186D9F}"/>
   </bookViews>
   <sheets>
     <sheet name="様式" sheetId="1" r:id="rId1"/>
     <sheet name="記入例・諸注意" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="1">記入例・諸注意!$A$3:$U$50</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">様式!$A$3:$U$50</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
@@ -876,53 +876,50 @@
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>JST・CREST・「xxxxxxのxxxxxxに関する研究」（課題番号：12345678）／
 週x日・週x時間</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>xxx</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>モデル給与表（含期末手当）33歳准教授・専任講師ﾓﾃﾞﾙ給のxxx％を適用（従事時間に対する割合：xx%）</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>加入する</t>
   </si>
   <si>
     <t>支給する</t>
   </si>
   <si>
     <t>不要</t>
   </si>
   <si>
-    <t>審査手続きの要否判定の STEP２ で不要と判断した。</t>
-[...1 lines deleted...]
-  <si>
     <t>KEIO</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>Hanako</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>センターかPJかを
 プルダウンで選択</t>
     <rPh sb="16" eb="18">
       <t>センタク</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>プルダウンで選択（特任教員のみ）</t>
     <rPh sb="6" eb="8">
       <t>センタク</t>
     </rPh>
     <rPh sb="9" eb="11">
       <t>トクニン</t>
     </rPh>
     <rPh sb="11" eb="13">
       <t>キョウイン</t>
@@ -939,50 +936,53 @@
     <rPh sb="0" eb="2">
       <t>シキン</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>ハイブン</t>
     </rPh>
     <rPh sb="4" eb="7">
       <t>キカンメイ</t>
     </rPh>
     <rPh sb="9" eb="11">
       <t>ケンキュウ</t>
     </rPh>
     <rPh sb="11" eb="14">
       <t>カダイメイ</t>
     </rPh>
     <rPh sb="15" eb="17">
       <t>ゲツガク</t>
     </rPh>
     <rPh sb="17" eb="20">
       <t>キュウヨガク</t>
     </rPh>
     <rPh sb="20" eb="22">
       <t>ウチワケ</t>
     </rPh>
     <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>否判定の結果、審査手続きへ進んだが「規制に非該当」であった。</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="176" formatCode="yyyy&quot;年&quot;m&quot;月&quot;d&quot;日&quot;;@"/>
   </numFmts>
   <fonts count="12">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
@@ -1224,228 +1224,228 @@
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="31" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="4" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="4" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="38" fontId="4" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="38" fontId="4" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...13 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="176" fontId="4" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...70 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="38" fontId="9" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="38" fontId="9" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="9" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="9" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="9" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...47 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="桁区切り" xfId="1" builtinId="6"/>
     <cellStyle name="標準" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="69">
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFFF00"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFFF00"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="none">
@@ -2237,1368 +2237,1368 @@
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F2F8D4E8-851D-40CB-BE33-D0B18561DB10}">
   <dimension ref="A1:V50"/>
   <sheetViews>
-    <sheetView showGridLines="0" view="pageBreakPreview" topLeftCell="A29" zoomScale="110" zoomScaleNormal="115" zoomScaleSheetLayoutView="110" workbookViewId="0">
-      <selection activeCell="A30" sqref="A30:A32"/>
+    <sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" topLeftCell="A29" zoomScale="110" zoomScaleNormal="115" zoomScaleSheetLayoutView="110" workbookViewId="0">
+      <selection activeCell="H40" sqref="H40:U40"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="4.25" defaultRowHeight="24" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="18.625" style="2" customWidth="1"/>
     <col min="2" max="16384" width="4.25" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:22" ht="12.6" customHeight="1" thickTop="1" thickBot="1">
       <c r="A1" s="3" t="s">
         <v>69</v>
       </c>
-      <c r="B1" s="48"/>
-[...3 lines deleted...]
-      <c r="F1" s="43" t="s">
+      <c r="B1" s="14"/>
+      <c r="C1" s="15"/>
+      <c r="D1" s="15"/>
+      <c r="E1" s="16"/>
+      <c r="F1" s="17" t="s">
         <v>70</v>
       </c>
-      <c r="G1" s="43"/>
+      <c r="G1" s="17"/>
     </row>
     <row r="2" spans="1:22" ht="12.6" customHeight="1" thickTop="1">
-      <c r="B2" s="51" t="s">
+      <c r="B2" s="18" t="s">
         <v>71</v>
       </c>
-      <c r="C2" s="51"/>
-[...17 lines deleted...]
-      <c r="U2" s="51"/>
+      <c r="C2" s="18"/>
+      <c r="D2" s="18"/>
+      <c r="E2" s="18"/>
+      <c r="F2" s="18"/>
+      <c r="G2" s="18"/>
+      <c r="H2" s="18"/>
+      <c r="I2" s="18"/>
+      <c r="J2" s="18"/>
+      <c r="K2" s="18"/>
+      <c r="L2" s="18"/>
+      <c r="M2" s="18"/>
+      <c r="N2" s="18"/>
+      <c r="O2" s="18"/>
+      <c r="P2" s="18"/>
+      <c r="Q2" s="18"/>
+      <c r="R2" s="18"/>
+      <c r="S2" s="18"/>
+      <c r="T2" s="18"/>
+      <c r="U2" s="18"/>
     </row>
     <row r="3" spans="1:22" ht="12.6" customHeight="1">
       <c r="U3" s="4" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="4" spans="1:22" ht="12.6" customHeight="1">
-      <c r="P4" s="44" t="s">
+      <c r="P4" s="13" t="s">
         <v>11</v>
       </c>
-      <c r="Q4" s="44"/>
-[...3 lines deleted...]
-      <c r="U4" s="44"/>
+      <c r="Q4" s="13"/>
+      <c r="R4" s="13"/>
+      <c r="S4" s="13"/>
+      <c r="T4" s="13"/>
+      <c r="U4" s="13"/>
       <c r="V4" s="9" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="5" spans="1:22" ht="12.6" customHeight="1">
       <c r="A5" s="2" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="6" spans="1:22" ht="16.899999999999999" customHeight="1">
-      <c r="A6" s="47" t="s">
+      <c r="A6" s="12" t="s">
         <v>66</v>
       </c>
-      <c r="B6" s="47"/>
-[...19 lines deleted...]
-      <c r="V6" s="47"/>
+      <c r="B6" s="12"/>
+      <c r="C6" s="12"/>
+      <c r="D6" s="12"/>
+      <c r="E6" s="12"/>
+      <c r="F6" s="12"/>
+      <c r="G6" s="12"/>
+      <c r="H6" s="12"/>
+      <c r="I6" s="12"/>
+      <c r="J6" s="12"/>
+      <c r="K6" s="12"/>
+      <c r="L6" s="12"/>
+      <c r="M6" s="12"/>
+      <c r="N6" s="12"/>
+      <c r="O6" s="12"/>
+      <c r="P6" s="12"/>
+      <c r="Q6" s="12"/>
+      <c r="R6" s="12"/>
+      <c r="S6" s="12"/>
+      <c r="T6" s="12"/>
+      <c r="U6" s="12"/>
+      <c r="V6" s="12"/>
     </row>
     <row r="7" spans="1:22" ht="12.6" customHeight="1"/>
     <row r="8" spans="1:22" ht="12.6" customHeight="1">
-      <c r="A8" s="44" t="s">
+      <c r="A8" s="13" t="s">
         <v>65</v>
       </c>
-      <c r="B8" s="44"/>
-[...16 lines deleted...]
-      <c r="S8" s="44"/>
+      <c r="B8" s="13"/>
+      <c r="C8" s="13"/>
+      <c r="D8" s="13"/>
+      <c r="E8" s="13"/>
+      <c r="F8" s="13"/>
+      <c r="G8" s="13"/>
+      <c r="H8" s="13"/>
+      <c r="I8" s="13"/>
+      <c r="J8" s="13"/>
+      <c r="K8" s="13"/>
+      <c r="L8" s="13"/>
+      <c r="M8" s="13"/>
+      <c r="N8" s="13"/>
+      <c r="O8" s="13"/>
+      <c r="P8" s="13"/>
+      <c r="Q8" s="13"/>
+      <c r="R8" s="13"/>
+      <c r="S8" s="13"/>
     </row>
     <row r="9" spans="1:22" ht="12.6" customHeight="1"/>
     <row r="10" spans="1:22" ht="12.6" customHeight="1">
-      <c r="A10" s="43" t="s">
+      <c r="A10" s="17" t="s">
         <v>64</v>
       </c>
-      <c r="B10" s="43"/>
-[...18 lines deleted...]
-      <c r="U10" s="43"/>
+      <c r="B10" s="17"/>
+      <c r="C10" s="17"/>
+      <c r="D10" s="17"/>
+      <c r="E10" s="17"/>
+      <c r="F10" s="17"/>
+      <c r="G10" s="17"/>
+      <c r="H10" s="17"/>
+      <c r="I10" s="17"/>
+      <c r="J10" s="17"/>
+      <c r="K10" s="17"/>
+      <c r="L10" s="17"/>
+      <c r="M10" s="17"/>
+      <c r="N10" s="17"/>
+      <c r="O10" s="17"/>
+      <c r="P10" s="17"/>
+      <c r="Q10" s="17"/>
+      <c r="R10" s="17"/>
+      <c r="S10" s="17"/>
+      <c r="T10" s="17"/>
+      <c r="U10" s="17"/>
     </row>
     <row r="11" spans="1:22" ht="12.6" customHeight="1"/>
     <row r="12" spans="1:22" ht="12.6" customHeight="1">
-      <c r="A12" s="38" t="s">
+      <c r="A12" s="40" t="s">
         <v>63</v>
       </c>
-      <c r="B12" s="38"/>
-[...18 lines deleted...]
-      <c r="U12" s="38"/>
+      <c r="B12" s="40"/>
+      <c r="C12" s="40"/>
+      <c r="D12" s="40"/>
+      <c r="E12" s="40"/>
+      <c r="F12" s="40"/>
+      <c r="G12" s="40"/>
+      <c r="H12" s="40"/>
+      <c r="I12" s="40"/>
+      <c r="J12" s="40"/>
+      <c r="K12" s="40"/>
+      <c r="L12" s="40"/>
+      <c r="M12" s="40"/>
+      <c r="N12" s="40"/>
+      <c r="O12" s="40"/>
+      <c r="P12" s="40"/>
+      <c r="Q12" s="40"/>
+      <c r="R12" s="40"/>
+      <c r="S12" s="40"/>
+      <c r="T12" s="40"/>
+      <c r="U12" s="40"/>
     </row>
     <row r="13" spans="1:22" ht="12.6" customHeight="1"/>
     <row r="14" spans="1:22" ht="24" customHeight="1">
       <c r="A14" s="5" t="s">
         <v>38</v>
       </c>
-      <c r="B14" s="42" t="s">
+      <c r="B14" s="25" t="s">
         <v>28</v>
       </c>
-      <c r="C14" s="42"/>
-[...17 lines deleted...]
-      <c r="U14" s="42"/>
+      <c r="C14" s="25"/>
+      <c r="D14" s="25"/>
+      <c r="E14" s="25"/>
+      <c r="F14" s="25"/>
+      <c r="G14" s="25"/>
+      <c r="H14" s="25"/>
+      <c r="I14" s="25"/>
+      <c r="J14" s="25"/>
+      <c r="K14" s="25"/>
+      <c r="L14" s="25"/>
+      <c r="M14" s="25"/>
+      <c r="N14" s="25"/>
+      <c r="O14" s="25"/>
+      <c r="P14" s="25"/>
+      <c r="Q14" s="25"/>
+      <c r="R14" s="25"/>
+      <c r="S14" s="25"/>
+      <c r="T14" s="25"/>
+      <c r="U14" s="25"/>
     </row>
     <row r="15" spans="1:22" ht="24" customHeight="1">
       <c r="A15" s="5" t="s">
         <v>39</v>
       </c>
-      <c r="B15" s="15"/>
-[...11 lines deleted...]
-      <c r="N15" s="24" t="s">
+      <c r="B15" s="22"/>
+      <c r="C15" s="22"/>
+      <c r="D15" s="22"/>
+      <c r="E15" s="22"/>
+      <c r="F15" s="22"/>
+      <c r="G15" s="22"/>
+      <c r="H15" s="22"/>
+      <c r="I15" s="22"/>
+      <c r="J15" s="22"/>
+      <c r="K15" s="22"/>
+      <c r="L15" s="22"/>
+      <c r="M15" s="22"/>
+      <c r="N15" s="21" t="s">
         <v>27</v>
       </c>
-      <c r="O15" s="24"/>
-[...5 lines deleted...]
-      <c r="U15" s="34"/>
+      <c r="O15" s="21"/>
+      <c r="P15" s="21"/>
+      <c r="Q15" s="21"/>
+      <c r="R15" s="20"/>
+      <c r="S15" s="20"/>
+      <c r="T15" s="20"/>
+      <c r="U15" s="20"/>
     </row>
     <row r="16" spans="1:22" ht="24" customHeight="1">
       <c r="A16" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="B16" s="15"/>
-[...11 lines deleted...]
-      <c r="N16" s="24" t="s">
+      <c r="B16" s="22"/>
+      <c r="C16" s="22"/>
+      <c r="D16" s="22"/>
+      <c r="E16" s="22"/>
+      <c r="F16" s="22"/>
+      <c r="G16" s="22"/>
+      <c r="H16" s="22"/>
+      <c r="I16" s="22"/>
+      <c r="J16" s="22"/>
+      <c r="K16" s="22"/>
+      <c r="L16" s="22"/>
+      <c r="M16" s="22"/>
+      <c r="N16" s="21" t="s">
         <v>26</v>
       </c>
-      <c r="O16" s="24"/>
-[...5 lines deleted...]
-      <c r="U16" s="15"/>
+      <c r="O16" s="21"/>
+      <c r="P16" s="21"/>
+      <c r="Q16" s="21"/>
+      <c r="R16" s="22"/>
+      <c r="S16" s="22"/>
+      <c r="T16" s="22"/>
+      <c r="U16" s="22"/>
     </row>
     <row r="17" spans="1:22" ht="12.6" customHeight="1">
-      <c r="A17" s="24" t="s">
+      <c r="A17" s="21" t="s">
         <v>40</v>
       </c>
-      <c r="B17" s="39" t="s">
+      <c r="B17" s="41" t="s">
         <v>23</v>
       </c>
-      <c r="C17" s="39"/>
-[...2 lines deleted...]
-      <c r="F17" s="39" t="s">
+      <c r="C17" s="41"/>
+      <c r="D17" s="41"/>
+      <c r="E17" s="41"/>
+      <c r="F17" s="41" t="s">
         <v>24</v>
       </c>
-      <c r="G17" s="39"/>
-[...2 lines deleted...]
-      <c r="J17" s="39" t="s">
+      <c r="G17" s="41"/>
+      <c r="H17" s="41"/>
+      <c r="I17" s="41"/>
+      <c r="J17" s="41" t="s">
         <v>25</v>
       </c>
-      <c r="K17" s="39"/>
-[...9 lines deleted...]
-      <c r="U17" s="15"/>
+      <c r="K17" s="41"/>
+      <c r="L17" s="41"/>
+      <c r="M17" s="41"/>
+      <c r="N17" s="21"/>
+      <c r="O17" s="21"/>
+      <c r="P17" s="21"/>
+      <c r="Q17" s="21"/>
+      <c r="R17" s="22"/>
+      <c r="S17" s="22"/>
+      <c r="T17" s="22"/>
+      <c r="U17" s="22"/>
     </row>
     <row r="18" spans="1:22" ht="14.45" customHeight="1">
-      <c r="A18" s="24"/>
-[...19 lines deleted...]
-      <c r="U18" s="15"/>
+      <c r="A18" s="21"/>
+      <c r="B18" s="42"/>
+      <c r="C18" s="42"/>
+      <c r="D18" s="42"/>
+      <c r="E18" s="42"/>
+      <c r="F18" s="42"/>
+      <c r="G18" s="42"/>
+      <c r="H18" s="42"/>
+      <c r="I18" s="42"/>
+      <c r="J18" s="42"/>
+      <c r="K18" s="42"/>
+      <c r="L18" s="42"/>
+      <c r="M18" s="42"/>
+      <c r="N18" s="21"/>
+      <c r="O18" s="21"/>
+      <c r="P18" s="21"/>
+      <c r="Q18" s="21"/>
+      <c r="R18" s="22"/>
+      <c r="S18" s="22"/>
+      <c r="T18" s="22"/>
+      <c r="U18" s="22"/>
     </row>
     <row r="19" spans="1:22" ht="24" customHeight="1">
       <c r="A19" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="B19" s="30" t="s">
+      <c r="B19" s="26" t="s">
         <v>10</v>
       </c>
-      <c r="C19" s="30"/>
-[...8 lines deleted...]
-      <c r="L19" s="24" t="s">
+      <c r="C19" s="26"/>
+      <c r="D19" s="26"/>
+      <c r="E19" s="26"/>
+      <c r="F19" s="26"/>
+      <c r="G19" s="26"/>
+      <c r="H19" s="26"/>
+      <c r="I19" s="26"/>
+      <c r="J19" s="26"/>
+      <c r="K19" s="26"/>
+      <c r="L19" s="21" t="s">
         <v>21</v>
       </c>
-      <c r="M19" s="24"/>
-[...2 lines deleted...]
-      <c r="P19" s="34" t="str">
+      <c r="M19" s="21"/>
+      <c r="N19" s="21"/>
+      <c r="O19" s="21"/>
+      <c r="P19" s="20" t="str">
         <f>IFERROR(DATEDIF(B19,DATE($B$1,4,1),"Y"),"")</f>
         <v/>
       </c>
-      <c r="Q19" s="34"/>
-[...2 lines deleted...]
-      <c r="T19" s="22" t="s">
+      <c r="Q19" s="20"/>
+      <c r="R19" s="20"/>
+      <c r="S19" s="31"/>
+      <c r="T19" s="38" t="s">
         <v>22</v>
       </c>
-      <c r="U19" s="23"/>
+      <c r="U19" s="39"/>
       <c r="V19" s="9" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="20" spans="1:22" ht="24" customHeight="1">
       <c r="A20" s="5" t="s">
         <v>31</v>
       </c>
-      <c r="B20" s="42" t="s">
+      <c r="B20" s="25" t="s">
         <v>12</v>
       </c>
-      <c r="C20" s="42"/>
-[...8 lines deleted...]
-      <c r="L20" s="24" t="s">
+      <c r="C20" s="25"/>
+      <c r="D20" s="25"/>
+      <c r="E20" s="25"/>
+      <c r="F20" s="25"/>
+      <c r="G20" s="25"/>
+      <c r="H20" s="25"/>
+      <c r="I20" s="25"/>
+      <c r="J20" s="25"/>
+      <c r="K20" s="25"/>
+      <c r="L20" s="21" t="s">
         <v>19</v>
       </c>
-      <c r="M20" s="24"/>
-[...2 lines deleted...]
-      <c r="P20" s="42" t="s">
+      <c r="M20" s="21"/>
+      <c r="N20" s="21"/>
+      <c r="O20" s="21"/>
+      <c r="P20" s="25" t="s">
         <v>20</v>
       </c>
-      <c r="Q20" s="42"/>
-[...3 lines deleted...]
-      <c r="U20" s="42"/>
+      <c r="Q20" s="25"/>
+      <c r="R20" s="25"/>
+      <c r="S20" s="25"/>
+      <c r="T20" s="25"/>
+      <c r="U20" s="25"/>
     </row>
     <row r="21" spans="1:22" ht="24" customHeight="1">
       <c r="A21" s="5" t="s">
         <v>42</v>
       </c>
-      <c r="B21" s="42" t="s">
-[...20 lines deleted...]
-      <c r="U21" s="42"/>
+      <c r="B21" s="25" t="s">
+        <v>102</v>
+      </c>
+      <c r="C21" s="25"/>
+      <c r="D21" s="25"/>
+      <c r="E21" s="25"/>
+      <c r="F21" s="25"/>
+      <c r="G21" s="25"/>
+      <c r="H21" s="25"/>
+      <c r="I21" s="25"/>
+      <c r="J21" s="25"/>
+      <c r="K21" s="25"/>
+      <c r="L21" s="25"/>
+      <c r="M21" s="25"/>
+      <c r="N21" s="25"/>
+      <c r="O21" s="25"/>
+      <c r="P21" s="25"/>
+      <c r="Q21" s="25"/>
+      <c r="R21" s="25"/>
+      <c r="S21" s="25"/>
+      <c r="T21" s="25"/>
+      <c r="U21" s="25"/>
     </row>
     <row r="22" spans="1:22" ht="24" customHeight="1">
       <c r="A22" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="B22" s="15"/>
-[...11 lines deleted...]
-      <c r="N22" s="24" t="s">
+      <c r="B22" s="22"/>
+      <c r="C22" s="22"/>
+      <c r="D22" s="22"/>
+      <c r="E22" s="22"/>
+      <c r="F22" s="22"/>
+      <c r="G22" s="22"/>
+      <c r="H22" s="22"/>
+      <c r="I22" s="22"/>
+      <c r="J22" s="22"/>
+      <c r="K22" s="22"/>
+      <c r="L22" s="22"/>
+      <c r="M22" s="22"/>
+      <c r="N22" s="21" t="s">
         <v>44</v>
       </c>
-      <c r="O22" s="24"/>
-[...5 lines deleted...]
-      <c r="U22" s="15"/>
+      <c r="O22" s="21"/>
+      <c r="P22" s="22"/>
+      <c r="Q22" s="22"/>
+      <c r="R22" s="22"/>
+      <c r="S22" s="22"/>
+      <c r="T22" s="22"/>
+      <c r="U22" s="22"/>
     </row>
     <row r="23" spans="1:22" ht="24" customHeight="1">
       <c r="A23" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="B23" s="21"/>
-[...18 lines deleted...]
-      <c r="U23" s="21"/>
+      <c r="B23" s="19"/>
+      <c r="C23" s="19"/>
+      <c r="D23" s="19"/>
+      <c r="E23" s="19"/>
+      <c r="F23" s="19"/>
+      <c r="G23" s="19"/>
+      <c r="H23" s="19"/>
+      <c r="I23" s="19"/>
+      <c r="J23" s="19"/>
+      <c r="K23" s="19"/>
+      <c r="L23" s="19"/>
+      <c r="M23" s="19"/>
+      <c r="N23" s="19"/>
+      <c r="O23" s="19"/>
+      <c r="P23" s="19"/>
+      <c r="Q23" s="19"/>
+      <c r="R23" s="19"/>
+      <c r="S23" s="19"/>
+      <c r="T23" s="19"/>
+      <c r="U23" s="19"/>
     </row>
     <row r="24" spans="1:22" ht="24" customHeight="1">
       <c r="A24" s="5" t="s">
         <v>46</v>
       </c>
-      <c r="B24" s="30" t="s">
+      <c r="B24" s="26" t="s">
         <v>18</v>
       </c>
-      <c r="C24" s="30"/>
-[...1 lines deleted...]
-      <c r="E24" s="31"/>
+      <c r="C24" s="26"/>
+      <c r="D24" s="26"/>
+      <c r="E24" s="34"/>
       <c r="F24" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="G24" s="29" t="s">
+      <c r="G24" s="35" t="s">
         <v>11</v>
       </c>
-      <c r="H24" s="30"/>
-[...2 lines deleted...]
-      <c r="K24" s="24" t="s">
+      <c r="H24" s="26"/>
+      <c r="I24" s="26"/>
+      <c r="J24" s="26"/>
+      <c r="K24" s="21" t="s">
         <v>17</v>
       </c>
-      <c r="L24" s="24"/>
-[...3 lines deleted...]
-      <c r="P24" s="30" t="s">
+      <c r="L24" s="21"/>
+      <c r="M24" s="21"/>
+      <c r="N24" s="21"/>
+      <c r="O24" s="21"/>
+      <c r="P24" s="26" t="s">
         <v>11</v>
       </c>
-      <c r="Q24" s="30"/>
-[...2 lines deleted...]
-      <c r="T24" s="32" t="s">
+      <c r="Q24" s="26"/>
+      <c r="R24" s="26"/>
+      <c r="S24" s="34"/>
+      <c r="T24" s="36" t="s">
         <v>4</v>
       </c>
-      <c r="U24" s="33"/>
+      <c r="U24" s="37"/>
     </row>
     <row r="25" spans="1:22" ht="24" customHeight="1">
       <c r="A25" s="5" t="s">
         <v>47</v>
       </c>
-      <c r="B25" s="21"/>
-[...18 lines deleted...]
-      <c r="U25" s="21"/>
+      <c r="B25" s="19"/>
+      <c r="C25" s="19"/>
+      <c r="D25" s="19"/>
+      <c r="E25" s="19"/>
+      <c r="F25" s="19"/>
+      <c r="G25" s="19"/>
+      <c r="H25" s="19"/>
+      <c r="I25" s="19"/>
+      <c r="J25" s="19"/>
+      <c r="K25" s="19"/>
+      <c r="L25" s="19"/>
+      <c r="M25" s="19"/>
+      <c r="N25" s="19"/>
+      <c r="O25" s="19"/>
+      <c r="P25" s="19"/>
+      <c r="Q25" s="19"/>
+      <c r="R25" s="19"/>
+      <c r="S25" s="19"/>
+      <c r="T25" s="19"/>
+      <c r="U25" s="19"/>
       <c r="V25" s="11" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="26" spans="1:22" ht="24" customHeight="1">
       <c r="A26" s="5" t="s">
         <v>48</v>
       </c>
-      <c r="B26" s="36" t="s">
+      <c r="B26" s="32" t="s">
         <v>15</v>
       </c>
-      <c r="C26" s="36"/>
-[...4 lines deleted...]
-      <c r="H26" s="22" t="s">
+      <c r="C26" s="32"/>
+      <c r="D26" s="33"/>
+      <c r="E26" s="20"/>
+      <c r="F26" s="20"/>
+      <c r="G26" s="31"/>
+      <c r="H26" s="38" t="s">
         <v>16</v>
       </c>
-      <c r="I26" s="23"/>
-[...4 lines deleted...]
-      <c r="N26" s="36" t="s">
+      <c r="I26" s="39"/>
+      <c r="J26" s="39"/>
+      <c r="K26" s="39"/>
+      <c r="L26" s="39"/>
+      <c r="M26" s="39"/>
+      <c r="N26" s="32" t="s">
         <v>15</v>
       </c>
-      <c r="O26" s="36"/>
-[...4 lines deleted...]
-      <c r="T26" s="22" t="s">
+      <c r="O26" s="32"/>
+      <c r="P26" s="33"/>
+      <c r="Q26" s="20"/>
+      <c r="R26" s="20"/>
+      <c r="S26" s="31"/>
+      <c r="T26" s="38" t="s">
         <v>14</v>
       </c>
-      <c r="U26" s="23"/>
+      <c r="U26" s="39"/>
     </row>
     <row r="27" spans="1:22" ht="24" customHeight="1">
       <c r="A27" s="5" t="s">
         <v>76</v>
       </c>
-      <c r="B27" s="41" t="s">
-[...20 lines deleted...]
-      <c r="U27" s="21"/>
+      <c r="B27" s="29" t="s">
+        <v>101</v>
+      </c>
+      <c r="C27" s="25"/>
+      <c r="D27" s="25"/>
+      <c r="E27" s="25"/>
+      <c r="F27" s="19"/>
+      <c r="G27" s="19"/>
+      <c r="H27" s="19"/>
+      <c r="I27" s="19"/>
+      <c r="J27" s="19"/>
+      <c r="K27" s="19"/>
+      <c r="L27" s="19"/>
+      <c r="M27" s="19"/>
+      <c r="N27" s="19"/>
+      <c r="O27" s="19"/>
+      <c r="P27" s="19"/>
+      <c r="Q27" s="19"/>
+      <c r="R27" s="19"/>
+      <c r="S27" s="19"/>
+      <c r="T27" s="19"/>
+      <c r="U27" s="19"/>
     </row>
     <row r="28" spans="1:22" ht="24" customHeight="1">
       <c r="A28" s="5" t="s">
         <v>77</v>
       </c>
-      <c r="B28" s="42"/>
-[...18 lines deleted...]
-      <c r="U28" s="21"/>
+      <c r="B28" s="25"/>
+      <c r="C28" s="25"/>
+      <c r="D28" s="25"/>
+      <c r="E28" s="25"/>
+      <c r="F28" s="19"/>
+      <c r="G28" s="19"/>
+      <c r="H28" s="19"/>
+      <c r="I28" s="19"/>
+      <c r="J28" s="19"/>
+      <c r="K28" s="19"/>
+      <c r="L28" s="19"/>
+      <c r="M28" s="19"/>
+      <c r="N28" s="19"/>
+      <c r="O28" s="19"/>
+      <c r="P28" s="19"/>
+      <c r="Q28" s="19"/>
+      <c r="R28" s="19"/>
+      <c r="S28" s="19"/>
+      <c r="T28" s="19"/>
+      <c r="U28" s="19"/>
     </row>
     <row r="29" spans="1:22" ht="24" customHeight="1">
       <c r="A29" s="5" t="s">
         <v>49</v>
       </c>
-      <c r="B29" s="34" t="s">
+      <c r="B29" s="20" t="s">
         <v>29</v>
       </c>
-      <c r="C29" s="34"/>
-[...4 lines deleted...]
-      <c r="H29" s="34" t="s">
+      <c r="C29" s="20"/>
+      <c r="D29" s="19"/>
+      <c r="E29" s="19"/>
+      <c r="F29" s="19"/>
+      <c r="G29" s="19"/>
+      <c r="H29" s="20" t="s">
         <v>30</v>
       </c>
-      <c r="I29" s="34"/>
-[...6 lines deleted...]
-      <c r="P29" s="34" t="s">
+      <c r="I29" s="20"/>
+      <c r="J29" s="19"/>
+      <c r="K29" s="19"/>
+      <c r="L29" s="19"/>
+      <c r="M29" s="19"/>
+      <c r="N29" s="19"/>
+      <c r="O29" s="19"/>
+      <c r="P29" s="20" t="s">
         <v>31</v>
       </c>
-      <c r="Q29" s="34"/>
-[...3 lines deleted...]
-      <c r="U29" s="21"/>
+      <c r="Q29" s="20"/>
+      <c r="R29" s="19"/>
+      <c r="S29" s="19"/>
+      <c r="T29" s="19"/>
+      <c r="U29" s="19"/>
     </row>
     <row r="30" spans="1:22" ht="33.6" customHeight="1">
-      <c r="A30" s="45" t="s">
-        <v>105</v>
+      <c r="A30" s="27" t="s">
+        <v>104</v>
       </c>
       <c r="B30" s="8" t="s">
         <v>0</v>
       </c>
-      <c r="C30" s="20"/>
-[...16 lines deleted...]
-      <c r="T30" s="19"/>
+      <c r="C30" s="30"/>
+      <c r="D30" s="19"/>
+      <c r="E30" s="19"/>
+      <c r="F30" s="19"/>
+      <c r="G30" s="19"/>
+      <c r="H30" s="19"/>
+      <c r="I30" s="19"/>
+      <c r="J30" s="19"/>
+      <c r="K30" s="19"/>
+      <c r="L30" s="19"/>
+      <c r="M30" s="19"/>
+      <c r="N30" s="19"/>
+      <c r="O30" s="19"/>
+      <c r="P30" s="19"/>
+      <c r="Q30" s="19"/>
+      <c r="R30" s="46"/>
+      <c r="S30" s="46"/>
+      <c r="T30" s="47"/>
       <c r="U30" s="7" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="31" spans="1:22" ht="33.6" customHeight="1">
-      <c r="A31" s="45"/>
+      <c r="A31" s="27"/>
       <c r="B31" s="8" t="s">
         <v>1</v>
       </c>
-      <c r="C31" s="20"/>
-[...16 lines deleted...]
-      <c r="T31" s="19"/>
+      <c r="C31" s="30"/>
+      <c r="D31" s="19"/>
+      <c r="E31" s="19"/>
+      <c r="F31" s="19"/>
+      <c r="G31" s="19"/>
+      <c r="H31" s="19"/>
+      <c r="I31" s="19"/>
+      <c r="J31" s="19"/>
+      <c r="K31" s="19"/>
+      <c r="L31" s="19"/>
+      <c r="M31" s="19"/>
+      <c r="N31" s="19"/>
+      <c r="O31" s="19"/>
+      <c r="P31" s="19"/>
+      <c r="Q31" s="19"/>
+      <c r="R31" s="46"/>
+      <c r="S31" s="46"/>
+      <c r="T31" s="47"/>
       <c r="U31" s="7" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="32" spans="1:22" ht="33.6" customHeight="1">
-      <c r="A32" s="45"/>
+      <c r="A32" s="27"/>
       <c r="B32" s="8" t="s">
         <v>2</v>
       </c>
-      <c r="C32" s="20"/>
-[...16 lines deleted...]
-      <c r="T32" s="19"/>
+      <c r="C32" s="30"/>
+      <c r="D32" s="19"/>
+      <c r="E32" s="19"/>
+      <c r="F32" s="19"/>
+      <c r="G32" s="19"/>
+      <c r="H32" s="19"/>
+      <c r="I32" s="19"/>
+      <c r="J32" s="19"/>
+      <c r="K32" s="19"/>
+      <c r="L32" s="19"/>
+      <c r="M32" s="19"/>
+      <c r="N32" s="19"/>
+      <c r="O32" s="19"/>
+      <c r="P32" s="19"/>
+      <c r="Q32" s="19"/>
+      <c r="R32" s="46"/>
+      <c r="S32" s="46"/>
+      <c r="T32" s="47"/>
       <c r="U32" s="7" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="33" spans="1:22" ht="24" customHeight="1">
-      <c r="A33" s="24" t="s">
+      <c r="A33" s="21" t="s">
         <v>50</v>
       </c>
       <c r="B33" s="8" t="s">
         <v>0</v>
       </c>
-      <c r="C33" s="29" t="s">
+      <c r="C33" s="35" t="s">
         <v>11</v>
       </c>
-      <c r="D33" s="30"/>
-[...1 lines deleted...]
-      <c r="F33" s="31"/>
+      <c r="D33" s="26"/>
+      <c r="E33" s="26"/>
+      <c r="F33" s="34"/>
       <c r="G33" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="H33" s="29" t="s">
+      <c r="H33" s="35" t="s">
         <v>11</v>
       </c>
-      <c r="I33" s="30"/>
-[...2 lines deleted...]
-      <c r="L33" s="32" t="s">
+      <c r="I33" s="26"/>
+      <c r="J33" s="26"/>
+      <c r="K33" s="34"/>
+      <c r="L33" s="36" t="s">
         <v>4</v>
       </c>
-      <c r="M33" s="33"/>
-      <c r="N33" s="16" t="s">
+      <c r="M33" s="37"/>
+      <c r="N33" s="23" t="s">
         <v>13</v>
       </c>
-      <c r="O33" s="17"/>
-[...1 lines deleted...]
-      <c r="Q33" s="17"/>
+      <c r="O33" s="24"/>
+      <c r="P33" s="24"/>
+      <c r="Q33" s="24"/>
       <c r="R33" s="8" t="s">
         <v>0</v>
       </c>
-      <c r="S33" s="14"/>
-[...1 lines deleted...]
-      <c r="U33" s="15"/>
+      <c r="S33" s="45"/>
+      <c r="T33" s="22"/>
+      <c r="U33" s="22"/>
     </row>
     <row r="34" spans="1:22" ht="24" customHeight="1">
-      <c r="A34" s="24"/>
+      <c r="A34" s="21"/>
       <c r="B34" s="8" t="s">
         <v>1</v>
       </c>
-      <c r="C34" s="29" t="s">
+      <c r="C34" s="35" t="s">
         <v>11</v>
       </c>
-      <c r="D34" s="30"/>
-[...1 lines deleted...]
-      <c r="F34" s="31"/>
+      <c r="D34" s="26"/>
+      <c r="E34" s="26"/>
+      <c r="F34" s="34"/>
       <c r="G34" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="H34" s="29" t="s">
+      <c r="H34" s="35" t="s">
         <v>11</v>
       </c>
-      <c r="I34" s="30"/>
-[...2 lines deleted...]
-      <c r="L34" s="32" t="s">
+      <c r="I34" s="26"/>
+      <c r="J34" s="26"/>
+      <c r="K34" s="34"/>
+      <c r="L34" s="36" t="s">
         <v>4</v>
       </c>
-      <c r="M34" s="33"/>
-[...3 lines deleted...]
-      <c r="Q34" s="17"/>
+      <c r="M34" s="37"/>
+      <c r="N34" s="24"/>
+      <c r="O34" s="24"/>
+      <c r="P34" s="24"/>
+      <c r="Q34" s="24"/>
       <c r="R34" s="8" t="s">
         <v>1</v>
       </c>
-      <c r="S34" s="14"/>
-[...1 lines deleted...]
-      <c r="U34" s="15"/>
+      <c r="S34" s="45"/>
+      <c r="T34" s="22"/>
+      <c r="U34" s="22"/>
     </row>
     <row r="35" spans="1:22" ht="24" customHeight="1">
-      <c r="A35" s="24"/>
+      <c r="A35" s="21"/>
       <c r="B35" s="8" t="s">
         <v>2</v>
       </c>
-      <c r="C35" s="29" t="s">
+      <c r="C35" s="35" t="s">
         <v>11</v>
       </c>
-      <c r="D35" s="30"/>
-[...1 lines deleted...]
-      <c r="F35" s="31"/>
+      <c r="D35" s="26"/>
+      <c r="E35" s="26"/>
+      <c r="F35" s="34"/>
       <c r="G35" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="H35" s="29" t="s">
+      <c r="H35" s="35" t="s">
         <v>11</v>
       </c>
-      <c r="I35" s="30"/>
-[...2 lines deleted...]
-      <c r="L35" s="32" t="s">
+      <c r="I35" s="26"/>
+      <c r="J35" s="26"/>
+      <c r="K35" s="34"/>
+      <c r="L35" s="36" t="s">
         <v>4</v>
       </c>
-      <c r="M35" s="33"/>
-[...3 lines deleted...]
-      <c r="Q35" s="17"/>
+      <c r="M35" s="37"/>
+      <c r="N35" s="24"/>
+      <c r="O35" s="24"/>
+      <c r="P35" s="24"/>
+      <c r="Q35" s="24"/>
       <c r="R35" s="8" t="s">
         <v>2</v>
       </c>
-      <c r="S35" s="14"/>
-[...1 lines deleted...]
-      <c r="U35" s="15"/>
+      <c r="S35" s="45"/>
+      <c r="T35" s="22"/>
+      <c r="U35" s="22"/>
     </row>
     <row r="36" spans="1:22" ht="24" customHeight="1">
-      <c r="A36" s="24" t="s">
+      <c r="A36" s="21" t="s">
         <v>51</v>
       </c>
-      <c r="B36" s="18"/>
-[...3 lines deleted...]
-      <c r="F36" s="22" t="s">
+      <c r="B36" s="46"/>
+      <c r="C36" s="46"/>
+      <c r="D36" s="46"/>
+      <c r="E36" s="47"/>
+      <c r="F36" s="38" t="s">
         <v>6</v>
       </c>
-      <c r="G36" s="23"/>
-      <c r="H36" s="24" t="s">
+      <c r="G36" s="39"/>
+      <c r="H36" s="21" t="s">
         <v>7</v>
       </c>
-      <c r="I36" s="24"/>
-[...3 lines deleted...]
-      <c r="M36" s="27"/>
+      <c r="I36" s="21"/>
+      <c r="J36" s="21"/>
+      <c r="K36" s="48"/>
+      <c r="L36" s="49"/>
+      <c r="M36" s="50"/>
       <c r="N36" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="O36" s="16" t="s">
+      <c r="O36" s="23" t="s">
         <v>9</v>
       </c>
-      <c r="P36" s="16"/>
-[...2 lines deleted...]
-      <c r="S36" s="12" t="s">
+      <c r="P36" s="23"/>
+      <c r="Q36" s="23"/>
+      <c r="R36" s="51"/>
+      <c r="S36" s="43" t="s">
         <v>12</v>
       </c>
-      <c r="T36" s="13"/>
-      <c r="U36" s="13"/>
+      <c r="T36" s="44"/>
+      <c r="U36" s="44"/>
     </row>
     <row r="37" spans="1:22" ht="24" customHeight="1">
-      <c r="A37" s="24"/>
-      <c r="B37" s="16" t="s">
+      <c r="A37" s="21"/>
+      <c r="B37" s="23" t="s">
         <v>32</v>
       </c>
-      <c r="C37" s="17"/>
-[...17 lines deleted...]
-      <c r="U37" s="21"/>
+      <c r="C37" s="24"/>
+      <c r="D37" s="24"/>
+      <c r="E37" s="24"/>
+      <c r="F37" s="24"/>
+      <c r="G37" s="24"/>
+      <c r="H37" s="19"/>
+      <c r="I37" s="19"/>
+      <c r="J37" s="19"/>
+      <c r="K37" s="19"/>
+      <c r="L37" s="19"/>
+      <c r="M37" s="19"/>
+      <c r="N37" s="19"/>
+      <c r="O37" s="19"/>
+      <c r="P37" s="19"/>
+      <c r="Q37" s="19"/>
+      <c r="R37" s="19"/>
+      <c r="S37" s="19"/>
+      <c r="T37" s="19"/>
+      <c r="U37" s="19"/>
       <c r="V37" s="11" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="38" spans="1:22" ht="24" customHeight="1">
       <c r="A38" s="5" t="s">
         <v>52</v>
       </c>
-      <c r="B38" s="42" t="s">
+      <c r="B38" s="25" t="s">
         <v>12</v>
       </c>
-      <c r="C38" s="42"/>
-[...4 lines deleted...]
-      <c r="H38" s="24" t="s">
+      <c r="C38" s="25"/>
+      <c r="D38" s="25"/>
+      <c r="E38" s="25"/>
+      <c r="F38" s="25"/>
+      <c r="G38" s="25"/>
+      <c r="H38" s="21" t="s">
         <v>34</v>
       </c>
-      <c r="I38" s="24"/>
-[...6 lines deleted...]
-      <c r="P38" s="42" t="s">
+      <c r="I38" s="21"/>
+      <c r="J38" s="21"/>
+      <c r="K38" s="21"/>
+      <c r="L38" s="21"/>
+      <c r="M38" s="21"/>
+      <c r="N38" s="21"/>
+      <c r="O38" s="21"/>
+      <c r="P38" s="25" t="s">
         <v>20</v>
       </c>
-      <c r="Q38" s="42"/>
-[...3 lines deleted...]
-      <c r="U38" s="42"/>
+      <c r="Q38" s="25"/>
+      <c r="R38" s="25"/>
+      <c r="S38" s="25"/>
+      <c r="T38" s="25"/>
+      <c r="U38" s="25"/>
     </row>
     <row r="39" spans="1:22" ht="24" customHeight="1">
       <c r="A39" s="5" t="s">
         <v>53</v>
       </c>
-      <c r="B39" s="42" t="s">
+      <c r="B39" s="25" t="s">
         <v>12</v>
       </c>
-      <c r="C39" s="42"/>
-[...4 lines deleted...]
-      <c r="H39" s="24" t="s">
+      <c r="C39" s="25"/>
+      <c r="D39" s="25"/>
+      <c r="E39" s="25"/>
+      <c r="F39" s="25"/>
+      <c r="G39" s="25"/>
+      <c r="H39" s="21" t="s">
         <v>33</v>
       </c>
-      <c r="I39" s="24"/>
-[...6 lines deleted...]
-      <c r="P39" s="42" t="s">
+      <c r="I39" s="21"/>
+      <c r="J39" s="21"/>
+      <c r="K39" s="21"/>
+      <c r="L39" s="21"/>
+      <c r="M39" s="21"/>
+      <c r="N39" s="21"/>
+      <c r="O39" s="21"/>
+      <c r="P39" s="25" t="s">
         <v>20</v>
       </c>
-      <c r="Q39" s="42"/>
-[...3 lines deleted...]
-      <c r="U39" s="42"/>
+      <c r="Q39" s="25"/>
+      <c r="R39" s="25"/>
+      <c r="S39" s="25"/>
+      <c r="T39" s="25"/>
+      <c r="U39" s="25"/>
     </row>
     <row r="40" spans="1:22" ht="28.9" customHeight="1">
       <c r="A40" s="5" t="s">
         <v>54</v>
       </c>
-      <c r="B40" s="46" t="s">
+      <c r="B40" s="28" t="s">
         <v>35</v>
       </c>
-      <c r="C40" s="46"/>
-[...4 lines deleted...]
-      <c r="H40" s="41" t="s">
+      <c r="C40" s="28"/>
+      <c r="D40" s="28"/>
+      <c r="E40" s="28"/>
+      <c r="F40" s="28"/>
+      <c r="G40" s="28"/>
+      <c r="H40" s="29" t="s">
         <v>12</v>
       </c>
-      <c r="I40" s="41"/>
-[...11 lines deleted...]
-      <c r="U40" s="41"/>
+      <c r="I40" s="29"/>
+      <c r="J40" s="29"/>
+      <c r="K40" s="29"/>
+      <c r="L40" s="29"/>
+      <c r="M40" s="29"/>
+      <c r="N40" s="29"/>
+      <c r="O40" s="29"/>
+      <c r="P40" s="29"/>
+      <c r="Q40" s="29"/>
+      <c r="R40" s="29"/>
+      <c r="S40" s="29"/>
+      <c r="T40" s="29"/>
+      <c r="U40" s="29"/>
     </row>
     <row r="41" spans="1:22" ht="24" customHeight="1">
-      <c r="A41" s="45" t="s">
+      <c r="A41" s="27" t="s">
         <v>55</v>
       </c>
-      <c r="B41" s="21"/>
-[...18 lines deleted...]
-      <c r="U41" s="21"/>
+      <c r="B41" s="19"/>
+      <c r="C41" s="19"/>
+      <c r="D41" s="19"/>
+      <c r="E41" s="19"/>
+      <c r="F41" s="19"/>
+      <c r="G41" s="19"/>
+      <c r="H41" s="19"/>
+      <c r="I41" s="19"/>
+      <c r="J41" s="19"/>
+      <c r="K41" s="19"/>
+      <c r="L41" s="19"/>
+      <c r="M41" s="19"/>
+      <c r="N41" s="19"/>
+      <c r="O41" s="19"/>
+      <c r="P41" s="19"/>
+      <c r="Q41" s="19"/>
+      <c r="R41" s="19"/>
+      <c r="S41" s="19"/>
+      <c r="T41" s="19"/>
+      <c r="U41" s="19"/>
     </row>
     <row r="42" spans="1:22" ht="24" customHeight="1">
-      <c r="A42" s="24"/>
-[...19 lines deleted...]
-      <c r="U42" s="21"/>
+      <c r="A42" s="21"/>
+      <c r="B42" s="19"/>
+      <c r="C42" s="19"/>
+      <c r="D42" s="19"/>
+      <c r="E42" s="19"/>
+      <c r="F42" s="19"/>
+      <c r="G42" s="19"/>
+      <c r="H42" s="19"/>
+      <c r="I42" s="19"/>
+      <c r="J42" s="19"/>
+      <c r="K42" s="19"/>
+      <c r="L42" s="19"/>
+      <c r="M42" s="19"/>
+      <c r="N42" s="19"/>
+      <c r="O42" s="19"/>
+      <c r="P42" s="19"/>
+      <c r="Q42" s="19"/>
+      <c r="R42" s="19"/>
+      <c r="S42" s="19"/>
+      <c r="T42" s="19"/>
+      <c r="U42" s="19"/>
     </row>
     <row r="43" spans="1:22" ht="24" customHeight="1">
-      <c r="A43" s="24"/>
-[...19 lines deleted...]
-      <c r="U43" s="21"/>
+      <c r="A43" s="21"/>
+      <c r="B43" s="19"/>
+      <c r="C43" s="19"/>
+      <c r="D43" s="19"/>
+      <c r="E43" s="19"/>
+      <c r="F43" s="19"/>
+      <c r="G43" s="19"/>
+      <c r="H43" s="19"/>
+      <c r="I43" s="19"/>
+      <c r="J43" s="19"/>
+      <c r="K43" s="19"/>
+      <c r="L43" s="19"/>
+      <c r="M43" s="19"/>
+      <c r="N43" s="19"/>
+      <c r="O43" s="19"/>
+      <c r="P43" s="19"/>
+      <c r="Q43" s="19"/>
+      <c r="R43" s="19"/>
+      <c r="S43" s="19"/>
+      <c r="T43" s="19"/>
+      <c r="U43" s="19"/>
     </row>
     <row r="44" spans="1:22" ht="24" customHeight="1">
       <c r="A44" s="5" t="s">
         <v>56</v>
       </c>
-      <c r="B44" s="21"/>
-[...18 lines deleted...]
-      <c r="U44" s="21"/>
+      <c r="B44" s="19"/>
+      <c r="C44" s="19"/>
+      <c r="D44" s="19"/>
+      <c r="E44" s="19"/>
+      <c r="F44" s="19"/>
+      <c r="G44" s="19"/>
+      <c r="H44" s="19"/>
+      <c r="I44" s="19"/>
+      <c r="J44" s="19"/>
+      <c r="K44" s="19"/>
+      <c r="L44" s="19"/>
+      <c r="M44" s="19"/>
+      <c r="N44" s="19"/>
+      <c r="O44" s="19"/>
+      <c r="P44" s="19"/>
+      <c r="Q44" s="19"/>
+      <c r="R44" s="19"/>
+      <c r="S44" s="19"/>
+      <c r="T44" s="19"/>
+      <c r="U44" s="19"/>
     </row>
     <row r="45" spans="1:22" ht="24" customHeight="1">
       <c r="A45" s="5" t="s">
         <v>57</v>
       </c>
-      <c r="B45" s="21"/>
-[...18 lines deleted...]
-      <c r="U45" s="21"/>
+      <c r="B45" s="19"/>
+      <c r="C45" s="19"/>
+      <c r="D45" s="19"/>
+      <c r="E45" s="19"/>
+      <c r="F45" s="19"/>
+      <c r="G45" s="19"/>
+      <c r="H45" s="19"/>
+      <c r="I45" s="19"/>
+      <c r="J45" s="19"/>
+      <c r="K45" s="19"/>
+      <c r="L45" s="19"/>
+      <c r="M45" s="19"/>
+      <c r="N45" s="19"/>
+      <c r="O45" s="19"/>
+      <c r="P45" s="19"/>
+      <c r="Q45" s="19"/>
+      <c r="R45" s="19"/>
+      <c r="S45" s="19"/>
+      <c r="T45" s="19"/>
+      <c r="U45" s="19"/>
     </row>
     <row r="46" spans="1:22" ht="24" customHeight="1">
-      <c r="A46" s="45" t="s">
+      <c r="A46" s="27" t="s">
         <v>58</v>
       </c>
-      <c r="B46" s="34" t="s">
+      <c r="B46" s="20" t="s">
         <v>30</v>
       </c>
-      <c r="C46" s="34"/>
-[...8 lines deleted...]
-      <c r="L46" s="34" t="s">
+      <c r="C46" s="20"/>
+      <c r="D46" s="20"/>
+      <c r="E46" s="19"/>
+      <c r="F46" s="19"/>
+      <c r="G46" s="19"/>
+      <c r="H46" s="19"/>
+      <c r="I46" s="19"/>
+      <c r="J46" s="19"/>
+      <c r="K46" s="19"/>
+      <c r="L46" s="20" t="s">
         <v>29</v>
       </c>
-      <c r="M46" s="34"/>
-[...7 lines deleted...]
-      <c r="U46" s="21"/>
+      <c r="M46" s="20"/>
+      <c r="N46" s="20"/>
+      <c r="O46" s="19"/>
+      <c r="P46" s="19"/>
+      <c r="Q46" s="19"/>
+      <c r="R46" s="19"/>
+      <c r="S46" s="19"/>
+      <c r="T46" s="19"/>
+      <c r="U46" s="19"/>
     </row>
     <row r="47" spans="1:22" ht="24" customHeight="1">
-      <c r="A47" s="45"/>
-      <c r="B47" s="34" t="s">
+      <c r="A47" s="27"/>
+      <c r="B47" s="20" t="s">
         <v>36</v>
       </c>
-      <c r="C47" s="34"/>
-[...5 lines deleted...]
-      <c r="I47" s="34" t="s">
+      <c r="C47" s="20"/>
+      <c r="D47" s="20"/>
+      <c r="E47" s="19"/>
+      <c r="F47" s="19"/>
+      <c r="G47" s="19"/>
+      <c r="H47" s="19"/>
+      <c r="I47" s="20" t="s">
         <v>37</v>
       </c>
-      <c r="J47" s="34"/>
-[...10 lines deleted...]
-      <c r="U47" s="15"/>
+      <c r="J47" s="20"/>
+      <c r="K47" s="20"/>
+      <c r="L47" s="22"/>
+      <c r="M47" s="22"/>
+      <c r="N47" s="22"/>
+      <c r="O47" s="22"/>
+      <c r="P47" s="22"/>
+      <c r="Q47" s="22"/>
+      <c r="R47" s="22"/>
+      <c r="S47" s="22"/>
+      <c r="T47" s="22"/>
+      <c r="U47" s="22"/>
     </row>
     <row r="48" spans="1:22" ht="18" customHeight="1">
       <c r="A48" s="10" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="49" spans="1:12" ht="15" customHeight="1">
-      <c r="A49" s="34" t="s">
+      <c r="A49" s="20" t="s">
         <v>60</v>
       </c>
-      <c r="B49" s="34"/>
-      <c r="C49" s="34" t="s">
+      <c r="B49" s="20"/>
+      <c r="C49" s="20" t="s">
         <v>61</v>
       </c>
-      <c r="D49" s="34"/>
-[...3 lines deleted...]
-      <c r="H49" s="34" t="s">
+      <c r="D49" s="20"/>
+      <c r="E49" s="20"/>
+      <c r="F49" s="20"/>
+      <c r="G49" s="20"/>
+      <c r="H49" s="20" t="s">
         <v>62</v>
       </c>
-      <c r="I49" s="34"/>
-[...2 lines deleted...]
-      <c r="L49" s="34"/>
+      <c r="I49" s="20"/>
+      <c r="J49" s="20"/>
+      <c r="K49" s="20"/>
+      <c r="L49" s="20"/>
     </row>
     <row r="50" spans="1:12" ht="32.450000000000003" customHeight="1">
-      <c r="A50" s="30" t="s">
+      <c r="A50" s="26" t="s">
         <v>11</v>
       </c>
-      <c r="B50" s="30"/>
-      <c r="C50" s="30" t="s">
+      <c r="B50" s="26"/>
+      <c r="C50" s="26" t="s">
         <v>11</v>
       </c>
-      <c r="D50" s="30"/>
-[...3 lines deleted...]
-      <c r="H50" s="30" t="s">
+      <c r="D50" s="26"/>
+      <c r="E50" s="26"/>
+      <c r="F50" s="26"/>
+      <c r="G50" s="26"/>
+      <c r="H50" s="26" t="s">
         <v>11</v>
       </c>
-      <c r="I50" s="30"/>
-[...2 lines deleted...]
-      <c r="L50" s="30"/>
+      <c r="I50" s="26"/>
+      <c r="J50" s="26"/>
+      <c r="K50" s="26"/>
+      <c r="L50" s="26"/>
     </row>
   </sheetData>
   <mergeCells count="112">
+    <mergeCell ref="S36:U36"/>
+    <mergeCell ref="S33:U33"/>
+    <mergeCell ref="S34:U34"/>
+    <mergeCell ref="S35:U35"/>
+    <mergeCell ref="N33:Q35"/>
+    <mergeCell ref="R30:T30"/>
+    <mergeCell ref="R31:T31"/>
+    <mergeCell ref="R32:T32"/>
+    <mergeCell ref="C30:Q30"/>
+    <mergeCell ref="C31:Q31"/>
+    <mergeCell ref="F36:G36"/>
+    <mergeCell ref="B36:E36"/>
+    <mergeCell ref="H36:K36"/>
+    <mergeCell ref="L36:M36"/>
+    <mergeCell ref="O36:R36"/>
+    <mergeCell ref="H33:K33"/>
+    <mergeCell ref="L33:M33"/>
+    <mergeCell ref="L34:M34"/>
+    <mergeCell ref="L35:M35"/>
+    <mergeCell ref="C33:F33"/>
+    <mergeCell ref="C34:F34"/>
+    <mergeCell ref="C35:F35"/>
+    <mergeCell ref="H34:K34"/>
+    <mergeCell ref="H35:K35"/>
+    <mergeCell ref="T26:U26"/>
+    <mergeCell ref="E26:G26"/>
+    <mergeCell ref="N26:P26"/>
+    <mergeCell ref="H26:M26"/>
+    <mergeCell ref="A12:U12"/>
+    <mergeCell ref="B19:K19"/>
+    <mergeCell ref="B17:E17"/>
+    <mergeCell ref="B18:E18"/>
+    <mergeCell ref="F17:I17"/>
+    <mergeCell ref="J17:M17"/>
+    <mergeCell ref="F18:I18"/>
+    <mergeCell ref="J18:M18"/>
+    <mergeCell ref="R15:U15"/>
+    <mergeCell ref="L19:O19"/>
+    <mergeCell ref="P19:S19"/>
+    <mergeCell ref="T19:U19"/>
+    <mergeCell ref="C32:Q32"/>
+    <mergeCell ref="F28:U28"/>
+    <mergeCell ref="F27:U27"/>
+    <mergeCell ref="B27:E28"/>
+    <mergeCell ref="A10:U10"/>
+    <mergeCell ref="A8:S8"/>
+    <mergeCell ref="Q26:S26"/>
+    <mergeCell ref="B26:D26"/>
+    <mergeCell ref="B23:U23"/>
+    <mergeCell ref="B21:U21"/>
+    <mergeCell ref="B20:K20"/>
+    <mergeCell ref="L20:O20"/>
+    <mergeCell ref="P20:U20"/>
+    <mergeCell ref="B25:U25"/>
+    <mergeCell ref="B24:E24"/>
+    <mergeCell ref="G24:J24"/>
+    <mergeCell ref="T24:U24"/>
+    <mergeCell ref="P24:S24"/>
+    <mergeCell ref="K24:O24"/>
+    <mergeCell ref="B16:M16"/>
+    <mergeCell ref="B15:M15"/>
+    <mergeCell ref="N16:Q18"/>
+    <mergeCell ref="R16:U18"/>
+    <mergeCell ref="N15:Q15"/>
+    <mergeCell ref="C50:G50"/>
+    <mergeCell ref="A50:B50"/>
+    <mergeCell ref="H50:L50"/>
+    <mergeCell ref="A30:A32"/>
+    <mergeCell ref="A33:A35"/>
+    <mergeCell ref="A36:A37"/>
+    <mergeCell ref="A41:A43"/>
+    <mergeCell ref="A46:A47"/>
+    <mergeCell ref="O46:U46"/>
+    <mergeCell ref="B44:U44"/>
+    <mergeCell ref="B45:U45"/>
+    <mergeCell ref="B46:D46"/>
+    <mergeCell ref="B47:D47"/>
+    <mergeCell ref="L46:N46"/>
+    <mergeCell ref="I47:K47"/>
+    <mergeCell ref="L47:U47"/>
+    <mergeCell ref="E46:K46"/>
+    <mergeCell ref="E47:H47"/>
+    <mergeCell ref="P38:U38"/>
+    <mergeCell ref="H38:O38"/>
+    <mergeCell ref="H39:O39"/>
+    <mergeCell ref="P39:U39"/>
+    <mergeCell ref="B40:G40"/>
+    <mergeCell ref="H40:U40"/>
     <mergeCell ref="A6:V6"/>
     <mergeCell ref="P4:U4"/>
     <mergeCell ref="B1:E1"/>
     <mergeCell ref="F1:G1"/>
     <mergeCell ref="B2:U2"/>
     <mergeCell ref="B41:U43"/>
     <mergeCell ref="A49:B49"/>
     <mergeCell ref="C49:G49"/>
     <mergeCell ref="H49:L49"/>
     <mergeCell ref="A17:A18"/>
     <mergeCell ref="N22:O22"/>
     <mergeCell ref="B22:M22"/>
     <mergeCell ref="B37:G37"/>
     <mergeCell ref="H37:U37"/>
     <mergeCell ref="B38:G38"/>
     <mergeCell ref="B39:G39"/>
     <mergeCell ref="B14:U14"/>
     <mergeCell ref="B29:C29"/>
     <mergeCell ref="D29:G29"/>
     <mergeCell ref="H29:I29"/>
     <mergeCell ref="P29:Q29"/>
     <mergeCell ref="R29:U29"/>
     <mergeCell ref="J29:O29"/>
     <mergeCell ref="P22:U22"/>
-    <mergeCell ref="C50:G50"/>
-[...86 lines deleted...]
-    <mergeCell ref="H35:K35"/>
   </mergeCells>
   <phoneticPr fontId="2"/>
   <conditionalFormatting sqref="B27:E28">
     <cfRule type="expression" dxfId="68" priority="19">
       <formula>$B$27="センター"</formula>
     </cfRule>
     <cfRule type="expression" dxfId="67" priority="20">
       <formula>$B$27="プロジェクト"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B38:G38">
     <cfRule type="expression" dxfId="66" priority="14">
       <formula>$B$38="加入する"</formula>
     </cfRule>
     <cfRule type="expression" dxfId="65" priority="15">
       <formula>$B$38="加入しない"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B39:G39">
     <cfRule type="expression" dxfId="64" priority="10">
       <formula>$B$39="支給しない"</formula>
     </cfRule>
     <cfRule type="expression" dxfId="63" priority="11">
       <formula>$B$39="支給する"</formula>
     </cfRule>
@@ -3716,1431 +3716,1431 @@
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B20:K20" xr:uid="{0B141034-53C6-4E81-B82F-448140564ABB}">
       <formula1>"特任教授（有期）,特任准教授（有期）,特任講師（有期）,特任助教（有期）,研究員（有期）"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="P20:U20" xr:uid="{55CE5E7C-8A21-416A-BEC0-C54CB721DAB5}">
       <formula1>"常勤,非常勤"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B21:U21" xr:uid="{7D17F6E0-21FA-42D4-A01D-56C2C52A8995}">
       <formula1>"研究,研究/教育,特区・研究,特別特区・研究"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B27:E28" xr:uid="{A6E5DDC0-535E-4039-A4DF-4CD34958071B}">
       <formula1>"センター,プロジェクト,その他"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="S36:U36" xr:uid="{8E760AED-524E-4987-91EA-CF0D727562CD}">
       <formula1>"PD相当,RA-D相当,RA-M相当"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B38:G38 P38:U38" xr:uid="{536BD779-766E-4B32-8B15-CB907DF520F6}">
       <formula1>"加入する,加入しない"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B39:G39" xr:uid="{88FB20E7-E073-4ABA-A581-4DCE57F5B9D6}">
       <formula1>"支給する,支給しない"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="P39:U39" xr:uid="{3C96A8A3-94D0-4673-A0DB-4C778C215C7C}">
       <formula1>"要,不要"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="H40:U40" xr:uid="{69D8CFDB-72A0-495C-8D07-38D050FC1DD4}">
-      <formula1>"審査手続きの要否判定の STEP１ で審査不要と判断した。,審査手続きの要否判定の STEP２ で不要と判断した。,審査手続きの要否判定の STEP６ で不要と判断した。,否判定の結果、審査手続きへ進んだが「規制に非該当」であった。,要否判定の結果、審査手続きへ進み「規制に該当の可能性あり」であった。（状況を備考欄に記載）"</formula1>
+      <formula1>"審査手続きの要否判定の STEP１ で審査不要と判断した。,審査手続きの要否判定の STEP２ で不要と判断した。,審査手続きの要否判定の STEP６ で不要と判断した。,要否判定の結果、審査手続きへ進んだが「規制に非該当」であった。,要否判定の結果、審査手続きへ進み「規制に該当の可能性あり」であった。（状況を備考欄に記載）"</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.39370078740157483" bottom="0.19685039370078741" header="0.31496062992125984" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" scale="74" orientation="portrait" r:id="rId1"/>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="21" max="1048575" man="1"/>
   </colBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E60B848E-2B87-4573-81CD-F8CC9D6F57EE}">
   <sheetPr>
     <tabColor rgb="FFFF0000"/>
   </sheetPr>
   <dimension ref="A1:V50"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" topLeftCell="A35" zoomScale="110" zoomScaleNormal="115" zoomScaleSheetLayoutView="110" workbookViewId="0">
-      <selection activeCell="S35" sqref="S35:U35"/>
+    <sheetView showGridLines="0" view="pageBreakPreview" topLeftCell="A35" zoomScale="110" zoomScaleNormal="115" zoomScaleSheetLayoutView="110" workbookViewId="0">
+      <selection activeCell="H40" sqref="H40:U40"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="4.25" defaultRowHeight="24" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="18.625" style="2" customWidth="1"/>
     <col min="2" max="16384" width="4.25" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:22" ht="12.6" customHeight="1" thickTop="1" thickBot="1">
       <c r="A1" s="3" t="s">
         <v>69</v>
       </c>
-      <c r="B1" s="48">
+      <c r="B1" s="14">
         <v>2025</v>
       </c>
-      <c r="C1" s="49"/>
-[...2 lines deleted...]
-      <c r="F1" s="43" t="s">
+      <c r="C1" s="15"/>
+      <c r="D1" s="15"/>
+      <c r="E1" s="16"/>
+      <c r="F1" s="17" t="s">
         <v>70</v>
       </c>
-      <c r="G1" s="43"/>
+      <c r="G1" s="17"/>
     </row>
     <row r="2" spans="1:22" ht="12.6" customHeight="1" thickTop="1">
-      <c r="B2" s="51" t="s">
+      <c r="B2" s="18" t="s">
         <v>71</v>
       </c>
-      <c r="C2" s="51"/>
-[...17 lines deleted...]
-      <c r="U2" s="51"/>
+      <c r="C2" s="18"/>
+      <c r="D2" s="18"/>
+      <c r="E2" s="18"/>
+      <c r="F2" s="18"/>
+      <c r="G2" s="18"/>
+      <c r="H2" s="18"/>
+      <c r="I2" s="18"/>
+      <c r="J2" s="18"/>
+      <c r="K2" s="18"/>
+      <c r="L2" s="18"/>
+      <c r="M2" s="18"/>
+      <c r="N2" s="18"/>
+      <c r="O2" s="18"/>
+      <c r="P2" s="18"/>
+      <c r="Q2" s="18"/>
+      <c r="R2" s="18"/>
+      <c r="S2" s="18"/>
+      <c r="T2" s="18"/>
+      <c r="U2" s="18"/>
     </row>
     <row r="3" spans="1:22" ht="12.6" customHeight="1">
       <c r="U3" s="4" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="4" spans="1:22" ht="12.6" customHeight="1">
-      <c r="P4" s="44" t="s">
+      <c r="P4" s="13" t="s">
         <v>11</v>
       </c>
-      <c r="Q4" s="44"/>
-[...3 lines deleted...]
-      <c r="U4" s="44"/>
+      <c r="Q4" s="13"/>
+      <c r="R4" s="13"/>
+      <c r="S4" s="13"/>
+      <c r="T4" s="13"/>
+      <c r="U4" s="13"/>
       <c r="V4" s="9" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="5" spans="1:22" ht="12.6" customHeight="1">
       <c r="A5" s="2" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="6" spans="1:22" ht="16.899999999999999" customHeight="1">
-      <c r="A6" s="47" t="s">
+      <c r="A6" s="12" t="s">
         <v>66</v>
       </c>
-      <c r="B6" s="47"/>
-[...19 lines deleted...]
-      <c r="V6" s="47"/>
+      <c r="B6" s="12"/>
+      <c r="C6" s="12"/>
+      <c r="D6" s="12"/>
+      <c r="E6" s="12"/>
+      <c r="F6" s="12"/>
+      <c r="G6" s="12"/>
+      <c r="H6" s="12"/>
+      <c r="I6" s="12"/>
+      <c r="J6" s="12"/>
+      <c r="K6" s="12"/>
+      <c r="L6" s="12"/>
+      <c r="M6" s="12"/>
+      <c r="N6" s="12"/>
+      <c r="O6" s="12"/>
+      <c r="P6" s="12"/>
+      <c r="Q6" s="12"/>
+      <c r="R6" s="12"/>
+      <c r="S6" s="12"/>
+      <c r="T6" s="12"/>
+      <c r="U6" s="12"/>
+      <c r="V6" s="12"/>
     </row>
     <row r="7" spans="1:22" ht="12.6" customHeight="1"/>
     <row r="8" spans="1:22" ht="12.6" customHeight="1">
-      <c r="A8" s="44" t="s">
+      <c r="A8" s="13" t="s">
         <v>65</v>
       </c>
-      <c r="B8" s="44"/>
-[...16 lines deleted...]
-      <c r="S8" s="44"/>
+      <c r="B8" s="13"/>
+      <c r="C8" s="13"/>
+      <c r="D8" s="13"/>
+      <c r="E8" s="13"/>
+      <c r="F8" s="13"/>
+      <c r="G8" s="13"/>
+      <c r="H8" s="13"/>
+      <c r="I8" s="13"/>
+      <c r="J8" s="13"/>
+      <c r="K8" s="13"/>
+      <c r="L8" s="13"/>
+      <c r="M8" s="13"/>
+      <c r="N8" s="13"/>
+      <c r="O8" s="13"/>
+      <c r="P8" s="13"/>
+      <c r="Q8" s="13"/>
+      <c r="R8" s="13"/>
+      <c r="S8" s="13"/>
     </row>
     <row r="9" spans="1:22" ht="12.6" customHeight="1"/>
     <row r="10" spans="1:22" ht="12.6" customHeight="1">
-      <c r="A10" s="43" t="s">
+      <c r="A10" s="17" t="s">
         <v>64</v>
       </c>
-      <c r="B10" s="43"/>
-[...18 lines deleted...]
-      <c r="U10" s="43"/>
+      <c r="B10" s="17"/>
+      <c r="C10" s="17"/>
+      <c r="D10" s="17"/>
+      <c r="E10" s="17"/>
+      <c r="F10" s="17"/>
+      <c r="G10" s="17"/>
+      <c r="H10" s="17"/>
+      <c r="I10" s="17"/>
+      <c r="J10" s="17"/>
+      <c r="K10" s="17"/>
+      <c r="L10" s="17"/>
+      <c r="M10" s="17"/>
+      <c r="N10" s="17"/>
+      <c r="O10" s="17"/>
+      <c r="P10" s="17"/>
+      <c r="Q10" s="17"/>
+      <c r="R10" s="17"/>
+      <c r="S10" s="17"/>
+      <c r="T10" s="17"/>
+      <c r="U10" s="17"/>
     </row>
     <row r="11" spans="1:22" ht="12.6" customHeight="1"/>
     <row r="12" spans="1:22" ht="12.6" customHeight="1">
-      <c r="A12" s="38" t="s">
+      <c r="A12" s="40" t="s">
         <v>63</v>
       </c>
-      <c r="B12" s="38"/>
-[...18 lines deleted...]
-      <c r="U12" s="38"/>
+      <c r="B12" s="40"/>
+      <c r="C12" s="40"/>
+      <c r="D12" s="40"/>
+      <c r="E12" s="40"/>
+      <c r="F12" s="40"/>
+      <c r="G12" s="40"/>
+      <c r="H12" s="40"/>
+      <c r="I12" s="40"/>
+      <c r="J12" s="40"/>
+      <c r="K12" s="40"/>
+      <c r="L12" s="40"/>
+      <c r="M12" s="40"/>
+      <c r="N12" s="40"/>
+      <c r="O12" s="40"/>
+      <c r="P12" s="40"/>
+      <c r="Q12" s="40"/>
+      <c r="R12" s="40"/>
+      <c r="S12" s="40"/>
+      <c r="T12" s="40"/>
+      <c r="U12" s="40"/>
     </row>
     <row r="13" spans="1:22" ht="12.6" customHeight="1"/>
     <row r="14" spans="1:22" ht="24" customHeight="1">
       <c r="A14" s="5" t="s">
         <v>38</v>
       </c>
-      <c r="B14" s="53" t="s">
+      <c r="B14" s="52" t="s">
         <v>78</v>
       </c>
-      <c r="C14" s="53"/>
-[...17 lines deleted...]
-      <c r="U14" s="53"/>
+      <c r="C14" s="52"/>
+      <c r="D14" s="52"/>
+      <c r="E14" s="52"/>
+      <c r="F14" s="52"/>
+      <c r="G14" s="52"/>
+      <c r="H14" s="52"/>
+      <c r="I14" s="52"/>
+      <c r="J14" s="52"/>
+      <c r="K14" s="52"/>
+      <c r="L14" s="52"/>
+      <c r="M14" s="52"/>
+      <c r="N14" s="52"/>
+      <c r="O14" s="52"/>
+      <c r="P14" s="52"/>
+      <c r="Q14" s="52"/>
+      <c r="R14" s="52"/>
+      <c r="S14" s="52"/>
+      <c r="T14" s="52"/>
+      <c r="U14" s="52"/>
     </row>
     <row r="15" spans="1:22" ht="24" customHeight="1">
       <c r="A15" s="5" t="s">
         <v>39</v>
       </c>
-      <c r="B15" s="54" t="s">
+      <c r="B15" s="70" t="s">
         <v>79</v>
       </c>
-      <c r="C15" s="54"/>
-[...10 lines deleted...]
-      <c r="N15" s="24" t="s">
+      <c r="C15" s="70"/>
+      <c r="D15" s="70"/>
+      <c r="E15" s="70"/>
+      <c r="F15" s="70"/>
+      <c r="G15" s="70"/>
+      <c r="H15" s="70"/>
+      <c r="I15" s="70"/>
+      <c r="J15" s="70"/>
+      <c r="K15" s="70"/>
+      <c r="L15" s="70"/>
+      <c r="M15" s="70"/>
+      <c r="N15" s="21" t="s">
         <v>27</v>
       </c>
-      <c r="O15" s="24"/>
-[...2 lines deleted...]
-      <c r="R15" s="55">
+      <c r="O15" s="21"/>
+      <c r="P15" s="21"/>
+      <c r="Q15" s="21"/>
+      <c r="R15" s="63">
         <v>123456</v>
       </c>
-      <c r="S15" s="55"/>
-[...1 lines deleted...]
-      <c r="U15" s="55"/>
+      <c r="S15" s="63"/>
+      <c r="T15" s="63"/>
+      <c r="U15" s="63"/>
     </row>
     <row r="16" spans="1:22" ht="24" customHeight="1">
       <c r="A16" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="B16" s="59" t="s">
+      <c r="B16" s="65" t="s">
         <v>80</v>
       </c>
-      <c r="C16" s="60"/>
-[...10 lines deleted...]
-      <c r="N16" s="24" t="s">
+      <c r="C16" s="66"/>
+      <c r="D16" s="66"/>
+      <c r="E16" s="66"/>
+      <c r="F16" s="66"/>
+      <c r="G16" s="66"/>
+      <c r="H16" s="66"/>
+      <c r="I16" s="66"/>
+      <c r="J16" s="66"/>
+      <c r="K16" s="66"/>
+      <c r="L16" s="66"/>
+      <c r="M16" s="67"/>
+      <c r="N16" s="21" t="s">
         <v>26</v>
       </c>
-      <c r="O16" s="24"/>
-[...2 lines deleted...]
-      <c r="R16" s="54" t="s">
+      <c r="O16" s="21"/>
+      <c r="P16" s="21"/>
+      <c r="Q16" s="21"/>
+      <c r="R16" s="70" t="s">
         <v>81</v>
       </c>
-      <c r="S16" s="54"/>
-[...1 lines deleted...]
-      <c r="U16" s="54"/>
+      <c r="S16" s="70"/>
+      <c r="T16" s="70"/>
+      <c r="U16" s="70"/>
     </row>
     <row r="17" spans="1:22" ht="12.6" customHeight="1">
-      <c r="A17" s="24" t="s">
+      <c r="A17" s="21" t="s">
         <v>40</v>
       </c>
-      <c r="B17" s="39" t="s">
+      <c r="B17" s="41" t="s">
         <v>23</v>
       </c>
-      <c r="C17" s="39"/>
-[...2 lines deleted...]
-      <c r="F17" s="39" t="s">
+      <c r="C17" s="41"/>
+      <c r="D17" s="41"/>
+      <c r="E17" s="41"/>
+      <c r="F17" s="41" t="s">
         <v>24</v>
       </c>
-      <c r="G17" s="39"/>
-[...2 lines deleted...]
-      <c r="J17" s="39" t="s">
+      <c r="G17" s="41"/>
+      <c r="H17" s="41"/>
+      <c r="I17" s="41"/>
+      <c r="J17" s="41" t="s">
         <v>25</v>
       </c>
-      <c r="K17" s="39"/>
-[...9 lines deleted...]
-      <c r="U17" s="54"/>
+      <c r="K17" s="41"/>
+      <c r="L17" s="41"/>
+      <c r="M17" s="41"/>
+      <c r="N17" s="21"/>
+      <c r="O17" s="21"/>
+      <c r="P17" s="21"/>
+      <c r="Q17" s="21"/>
+      <c r="R17" s="70"/>
+      <c r="S17" s="70"/>
+      <c r="T17" s="70"/>
+      <c r="U17" s="70"/>
     </row>
     <row r="18" spans="1:22" ht="14.45" customHeight="1">
-      <c r="A18" s="24"/>
-      <c r="B18" s="52" t="s">
+      <c r="A18" s="21"/>
+      <c r="B18" s="71" t="s">
+        <v>99</v>
+      </c>
+      <c r="C18" s="71"/>
+      <c r="D18" s="71"/>
+      <c r="E18" s="71"/>
+      <c r="F18" s="71" t="s">
         <v>100</v>
       </c>
-      <c r="C18" s="52"/>
-[...19 lines deleted...]
-      <c r="U18" s="54"/>
+      <c r="G18" s="71"/>
+      <c r="H18" s="71"/>
+      <c r="I18" s="71"/>
+      <c r="J18" s="42"/>
+      <c r="K18" s="42"/>
+      <c r="L18" s="42"/>
+      <c r="M18" s="42"/>
+      <c r="N18" s="21"/>
+      <c r="O18" s="21"/>
+      <c r="P18" s="21"/>
+      <c r="Q18" s="21"/>
+      <c r="R18" s="70"/>
+      <c r="S18" s="70"/>
+      <c r="T18" s="70"/>
+      <c r="U18" s="70"/>
     </row>
     <row r="19" spans="1:22" ht="24" customHeight="1">
       <c r="A19" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="B19" s="56">
+      <c r="B19" s="60">
         <v>33370</v>
       </c>
-      <c r="C19" s="56"/>
-[...8 lines deleted...]
-      <c r="L19" s="24" t="s">
+      <c r="C19" s="60"/>
+      <c r="D19" s="60"/>
+      <c r="E19" s="60"/>
+      <c r="F19" s="60"/>
+      <c r="G19" s="60"/>
+      <c r="H19" s="60"/>
+      <c r="I19" s="60"/>
+      <c r="J19" s="60"/>
+      <c r="K19" s="60"/>
+      <c r="L19" s="21" t="s">
         <v>21</v>
       </c>
-      <c r="M19" s="24"/>
-[...2 lines deleted...]
-      <c r="P19" s="57">
+      <c r="M19" s="21"/>
+      <c r="N19" s="21"/>
+      <c r="O19" s="21"/>
+      <c r="P19" s="68">
         <f>IFERROR(DATEDIF(B19,DATE($B$1,4,1),"Y"),"")</f>
         <v>33</v>
       </c>
-      <c r="Q19" s="57"/>
-[...2 lines deleted...]
-      <c r="T19" s="22" t="s">
+      <c r="Q19" s="68"/>
+      <c r="R19" s="68"/>
+      <c r="S19" s="69"/>
+      <c r="T19" s="38" t="s">
         <v>22</v>
       </c>
-      <c r="U19" s="23"/>
+      <c r="U19" s="39"/>
       <c r="V19" s="9" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="20" spans="1:22" ht="24" customHeight="1">
       <c r="A20" s="5" t="s">
         <v>31</v>
       </c>
-      <c r="B20" s="53" t="s">
+      <c r="B20" s="52" t="s">
         <v>82</v>
       </c>
-      <c r="C20" s="53"/>
-[...8 lines deleted...]
-      <c r="L20" s="24" t="s">
+      <c r="C20" s="52"/>
+      <c r="D20" s="52"/>
+      <c r="E20" s="52"/>
+      <c r="F20" s="52"/>
+      <c r="G20" s="52"/>
+      <c r="H20" s="52"/>
+      <c r="I20" s="52"/>
+      <c r="J20" s="52"/>
+      <c r="K20" s="52"/>
+      <c r="L20" s="21" t="s">
         <v>19</v>
       </c>
-      <c r="M20" s="24"/>
-[...2 lines deleted...]
-      <c r="P20" s="53" t="s">
+      <c r="M20" s="21"/>
+      <c r="N20" s="21"/>
+      <c r="O20" s="21"/>
+      <c r="P20" s="52" t="s">
         <v>83</v>
       </c>
-      <c r="Q20" s="53"/>
-[...3 lines deleted...]
-      <c r="U20" s="53"/>
+      <c r="Q20" s="52"/>
+      <c r="R20" s="52"/>
+      <c r="S20" s="52"/>
+      <c r="T20" s="52"/>
+      <c r="U20" s="52"/>
     </row>
     <row r="21" spans="1:22" ht="24" customHeight="1">
       <c r="A21" s="5" t="s">
         <v>42</v>
       </c>
-      <c r="B21" s="53" t="s">
+      <c r="B21" s="52" t="s">
         <v>84</v>
       </c>
-      <c r="C21" s="53"/>
-[...17 lines deleted...]
-      <c r="U21" s="53"/>
+      <c r="C21" s="52"/>
+      <c r="D21" s="52"/>
+      <c r="E21" s="52"/>
+      <c r="F21" s="52"/>
+      <c r="G21" s="52"/>
+      <c r="H21" s="52"/>
+      <c r="I21" s="52"/>
+      <c r="J21" s="52"/>
+      <c r="K21" s="52"/>
+      <c r="L21" s="52"/>
+      <c r="M21" s="52"/>
+      <c r="N21" s="52"/>
+      <c r="O21" s="52"/>
+      <c r="P21" s="52"/>
+      <c r="Q21" s="52"/>
+      <c r="R21" s="52"/>
+      <c r="S21" s="52"/>
+      <c r="T21" s="52"/>
+      <c r="U21" s="52"/>
     </row>
     <row r="22" spans="1:22" ht="24" customHeight="1">
       <c r="A22" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="B22" s="59" t="s">
+      <c r="B22" s="65" t="s">
         <v>85</v>
       </c>
-      <c r="C22" s="60"/>
-[...10 lines deleted...]
-      <c r="N22" s="24" t="s">
+      <c r="C22" s="66"/>
+      <c r="D22" s="66"/>
+      <c r="E22" s="66"/>
+      <c r="F22" s="66"/>
+      <c r="G22" s="66"/>
+      <c r="H22" s="66"/>
+      <c r="I22" s="66"/>
+      <c r="J22" s="66"/>
+      <c r="K22" s="66"/>
+      <c r="L22" s="66"/>
+      <c r="M22" s="67"/>
+      <c r="N22" s="21" t="s">
         <v>44</v>
       </c>
-      <c r="O22" s="24"/>
-[...5 lines deleted...]
-      <c r="U22" s="15"/>
+      <c r="O22" s="21"/>
+      <c r="P22" s="22"/>
+      <c r="Q22" s="22"/>
+      <c r="R22" s="22"/>
+      <c r="S22" s="22"/>
+      <c r="T22" s="22"/>
+      <c r="U22" s="22"/>
     </row>
     <row r="23" spans="1:22" ht="24" customHeight="1">
       <c r="A23" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="B23" s="62" t="s">
+      <c r="B23" s="54" t="s">
         <v>86</v>
       </c>
-      <c r="C23" s="62"/>
-[...17 lines deleted...]
-      <c r="U23" s="62"/>
+      <c r="C23" s="54"/>
+      <c r="D23" s="54"/>
+      <c r="E23" s="54"/>
+      <c r="F23" s="54"/>
+      <c r="G23" s="54"/>
+      <c r="H23" s="54"/>
+      <c r="I23" s="54"/>
+      <c r="J23" s="54"/>
+      <c r="K23" s="54"/>
+      <c r="L23" s="54"/>
+      <c r="M23" s="54"/>
+      <c r="N23" s="54"/>
+      <c r="O23" s="54"/>
+      <c r="P23" s="54"/>
+      <c r="Q23" s="54"/>
+      <c r="R23" s="54"/>
+      <c r="S23" s="54"/>
+      <c r="T23" s="54"/>
+      <c r="U23" s="54"/>
     </row>
     <row r="24" spans="1:22" ht="24" customHeight="1">
       <c r="A24" s="5" t="s">
         <v>46</v>
       </c>
-      <c r="B24" s="56">
+      <c r="B24" s="60">
         <v>45931</v>
       </c>
-      <c r="C24" s="56"/>
-[...1 lines deleted...]
-      <c r="E24" s="64"/>
+      <c r="C24" s="60"/>
+      <c r="D24" s="60"/>
+      <c r="E24" s="61"/>
       <c r="F24" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="G24" s="65">
+      <c r="G24" s="59">
         <v>46112</v>
       </c>
-      <c r="H24" s="56"/>
-[...2 lines deleted...]
-      <c r="K24" s="24" t="s">
+      <c r="H24" s="60"/>
+      <c r="I24" s="60"/>
+      <c r="J24" s="60"/>
+      <c r="K24" s="21" t="s">
         <v>17</v>
       </c>
-      <c r="L24" s="24"/>
-[...3 lines deleted...]
-      <c r="P24" s="56">
+      <c r="L24" s="21"/>
+      <c r="M24" s="21"/>
+      <c r="N24" s="21"/>
+      <c r="O24" s="21"/>
+      <c r="P24" s="60">
         <v>46843</v>
       </c>
-      <c r="Q24" s="56"/>
-[...2 lines deleted...]
-      <c r="T24" s="32" t="s">
+      <c r="Q24" s="60"/>
+      <c r="R24" s="60"/>
+      <c r="S24" s="61"/>
+      <c r="T24" s="36" t="s">
         <v>4</v>
       </c>
-      <c r="U24" s="33"/>
+      <c r="U24" s="37"/>
     </row>
     <row r="25" spans="1:22" ht="24" customHeight="1">
       <c r="A25" s="5" t="s">
         <v>47</v>
       </c>
-      <c r="B25" s="62" t="s">
+      <c r="B25" s="54" t="s">
         <v>87</v>
       </c>
-      <c r="C25" s="62"/>
-[...17 lines deleted...]
-      <c r="U25" s="62"/>
+      <c r="C25" s="54"/>
+      <c r="D25" s="54"/>
+      <c r="E25" s="54"/>
+      <c r="F25" s="54"/>
+      <c r="G25" s="54"/>
+      <c r="H25" s="54"/>
+      <c r="I25" s="54"/>
+      <c r="J25" s="54"/>
+      <c r="K25" s="54"/>
+      <c r="L25" s="54"/>
+      <c r="M25" s="54"/>
+      <c r="N25" s="54"/>
+      <c r="O25" s="54"/>
+      <c r="P25" s="54"/>
+      <c r="Q25" s="54"/>
+      <c r="R25" s="54"/>
+      <c r="S25" s="54"/>
+      <c r="T25" s="54"/>
+      <c r="U25" s="54"/>
       <c r="V25" s="11" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="26" spans="1:22" ht="24" customHeight="1">
       <c r="A26" s="5" t="s">
         <v>48</v>
       </c>
-      <c r="B26" s="36" t="s">
+      <c r="B26" s="32" t="s">
         <v>15</v>
       </c>
-      <c r="C26" s="36"/>
-[...1 lines deleted...]
-      <c r="E26" s="55">
+      <c r="C26" s="32"/>
+      <c r="D26" s="33"/>
+      <c r="E26" s="63">
         <v>5</v>
       </c>
-      <c r="F26" s="55"/>
-[...1 lines deleted...]
-      <c r="H26" s="22" t="s">
+      <c r="F26" s="63"/>
+      <c r="G26" s="64"/>
+      <c r="H26" s="38" t="s">
         <v>16</v>
       </c>
-      <c r="I26" s="23"/>
-[...4 lines deleted...]
-      <c r="N26" s="36" t="s">
+      <c r="I26" s="39"/>
+      <c r="J26" s="39"/>
+      <c r="K26" s="39"/>
+      <c r="L26" s="39"/>
+      <c r="M26" s="39"/>
+      <c r="N26" s="32" t="s">
         <v>15</v>
       </c>
-      <c r="O26" s="36"/>
-[...1 lines deleted...]
-      <c r="Q26" s="55">
+      <c r="O26" s="32"/>
+      <c r="P26" s="33"/>
+      <c r="Q26" s="63">
         <v>36</v>
       </c>
-      <c r="R26" s="55"/>
-[...1 lines deleted...]
-      <c r="T26" s="22" t="s">
+      <c r="R26" s="63"/>
+      <c r="S26" s="64"/>
+      <c r="T26" s="38" t="s">
         <v>14</v>
       </c>
-      <c r="U26" s="23"/>
+      <c r="U26" s="39"/>
     </row>
     <row r="27" spans="1:22" ht="24" customHeight="1">
       <c r="A27" s="5" t="s">
         <v>76</v>
       </c>
-      <c r="B27" s="41" t="s">
-[...5 lines deleted...]
-      <c r="F27" s="62" t="s">
+      <c r="B27" s="29" t="s">
+        <v>103</v>
+      </c>
+      <c r="C27" s="25"/>
+      <c r="D27" s="25"/>
+      <c r="E27" s="25"/>
+      <c r="F27" s="54" t="s">
         <v>88</v>
       </c>
-      <c r="G27" s="62"/>
-[...13 lines deleted...]
-      <c r="U27" s="62"/>
+      <c r="G27" s="54"/>
+      <c r="H27" s="54"/>
+      <c r="I27" s="54"/>
+      <c r="J27" s="54"/>
+      <c r="K27" s="54"/>
+      <c r="L27" s="54"/>
+      <c r="M27" s="54"/>
+      <c r="N27" s="54"/>
+      <c r="O27" s="54"/>
+      <c r="P27" s="54"/>
+      <c r="Q27" s="54"/>
+      <c r="R27" s="54"/>
+      <c r="S27" s="54"/>
+      <c r="T27" s="54"/>
+      <c r="U27" s="54"/>
     </row>
     <row r="28" spans="1:22" ht="24" customHeight="1">
       <c r="A28" s="5" t="s">
         <v>77</v>
       </c>
-      <c r="B28" s="42"/>
-[...3 lines deleted...]
-      <c r="F28" s="62" t="s">
+      <c r="B28" s="25"/>
+      <c r="C28" s="25"/>
+      <c r="D28" s="25"/>
+      <c r="E28" s="25"/>
+      <c r="F28" s="54" t="s">
         <v>89</v>
       </c>
-      <c r="G28" s="62"/>
-[...13 lines deleted...]
-      <c r="U28" s="62"/>
+      <c r="G28" s="54"/>
+      <c r="H28" s="54"/>
+      <c r="I28" s="54"/>
+      <c r="J28" s="54"/>
+      <c r="K28" s="54"/>
+      <c r="L28" s="54"/>
+      <c r="M28" s="54"/>
+      <c r="N28" s="54"/>
+      <c r="O28" s="54"/>
+      <c r="P28" s="54"/>
+      <c r="Q28" s="54"/>
+      <c r="R28" s="54"/>
+      <c r="S28" s="54"/>
+      <c r="T28" s="54"/>
+      <c r="U28" s="54"/>
     </row>
     <row r="29" spans="1:22" ht="24" customHeight="1">
       <c r="A29" s="5" t="s">
         <v>49</v>
       </c>
-      <c r="B29" s="34" t="s">
+      <c r="B29" s="20" t="s">
         <v>29</v>
       </c>
-      <c r="C29" s="34"/>
-      <c r="D29" s="62" t="s">
+      <c r="C29" s="20"/>
+      <c r="D29" s="54" t="s">
         <v>90</v>
       </c>
-      <c r="E29" s="62"/>
-[...2 lines deleted...]
-      <c r="H29" s="34" t="s">
+      <c r="E29" s="54"/>
+      <c r="F29" s="54"/>
+      <c r="G29" s="54"/>
+      <c r="H29" s="20" t="s">
         <v>30</v>
       </c>
-      <c r="I29" s="34"/>
-      <c r="J29" s="62" t="s">
+      <c r="I29" s="20"/>
+      <c r="J29" s="54" t="s">
         <v>91</v>
       </c>
-      <c r="K29" s="62"/>
-[...4 lines deleted...]
-      <c r="P29" s="34" t="s">
+      <c r="K29" s="54"/>
+      <c r="L29" s="54"/>
+      <c r="M29" s="54"/>
+      <c r="N29" s="54"/>
+      <c r="O29" s="54"/>
+      <c r="P29" s="20" t="s">
         <v>31</v>
       </c>
-      <c r="Q29" s="34"/>
-      <c r="R29" s="62" t="s">
+      <c r="Q29" s="20"/>
+      <c r="R29" s="54" t="s">
         <v>92</v>
       </c>
-      <c r="S29" s="62"/>
-[...1 lines deleted...]
-      <c r="U29" s="62"/>
+      <c r="S29" s="54"/>
+      <c r="T29" s="54"/>
+      <c r="U29" s="54"/>
     </row>
     <row r="30" spans="1:22" ht="33.6" customHeight="1">
-      <c r="A30" s="45" t="s">
-        <v>105</v>
+      <c r="A30" s="27" t="s">
+        <v>104</v>
       </c>
       <c r="B30" s="8" t="s">
         <v>0</v>
       </c>
-      <c r="C30" s="66" t="s">
+      <c r="C30" s="62" t="s">
         <v>93</v>
       </c>
-      <c r="D30" s="62"/>
-[...13 lines deleted...]
-      <c r="R30" s="67">
+      <c r="D30" s="54"/>
+      <c r="E30" s="54"/>
+      <c r="F30" s="54"/>
+      <c r="G30" s="54"/>
+      <c r="H30" s="54"/>
+      <c r="I30" s="54"/>
+      <c r="J30" s="54"/>
+      <c r="K30" s="54"/>
+      <c r="L30" s="54"/>
+      <c r="M30" s="54"/>
+      <c r="N30" s="54"/>
+      <c r="O30" s="54"/>
+      <c r="P30" s="54"/>
+      <c r="Q30" s="54"/>
+      <c r="R30" s="55">
         <v>571200</v>
       </c>
-      <c r="S30" s="67"/>
-      <c r="T30" s="68"/>
+      <c r="S30" s="55"/>
+      <c r="T30" s="56"/>
       <c r="U30" s="7" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="31" spans="1:22" ht="33.6" customHeight="1">
-      <c r="A31" s="45"/>
+      <c r="A31" s="27"/>
       <c r="B31" s="8" t="s">
         <v>1</v>
       </c>
-      <c r="C31" s="20"/>
-[...16 lines deleted...]
-      <c r="T31" s="19"/>
+      <c r="C31" s="30"/>
+      <c r="D31" s="19"/>
+      <c r="E31" s="19"/>
+      <c r="F31" s="19"/>
+      <c r="G31" s="19"/>
+      <c r="H31" s="19"/>
+      <c r="I31" s="19"/>
+      <c r="J31" s="19"/>
+      <c r="K31" s="19"/>
+      <c r="L31" s="19"/>
+      <c r="M31" s="19"/>
+      <c r="N31" s="19"/>
+      <c r="O31" s="19"/>
+      <c r="P31" s="19"/>
+      <c r="Q31" s="19"/>
+      <c r="R31" s="46"/>
+      <c r="S31" s="46"/>
+      <c r="T31" s="47"/>
       <c r="U31" s="7" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="32" spans="1:22" ht="33.6" customHeight="1">
-      <c r="A32" s="45"/>
+      <c r="A32" s="27"/>
       <c r="B32" s="8" t="s">
         <v>2</v>
       </c>
-      <c r="C32" s="20"/>
-[...16 lines deleted...]
-      <c r="T32" s="19"/>
+      <c r="C32" s="30"/>
+      <c r="D32" s="19"/>
+      <c r="E32" s="19"/>
+      <c r="F32" s="19"/>
+      <c r="G32" s="19"/>
+      <c r="H32" s="19"/>
+      <c r="I32" s="19"/>
+      <c r="J32" s="19"/>
+      <c r="K32" s="19"/>
+      <c r="L32" s="19"/>
+      <c r="M32" s="19"/>
+      <c r="N32" s="19"/>
+      <c r="O32" s="19"/>
+      <c r="P32" s="19"/>
+      <c r="Q32" s="19"/>
+      <c r="R32" s="46"/>
+      <c r="S32" s="46"/>
+      <c r="T32" s="47"/>
       <c r="U32" s="7" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="33" spans="1:22" ht="24" customHeight="1">
-      <c r="A33" s="24" t="s">
+      <c r="A33" s="21" t="s">
         <v>50</v>
       </c>
       <c r="B33" s="8" t="s">
         <v>0</v>
       </c>
-      <c r="C33" s="65">
+      <c r="C33" s="59">
         <v>45383</v>
       </c>
-      <c r="D33" s="56"/>
-[...1 lines deleted...]
-      <c r="F33" s="64"/>
+      <c r="D33" s="60"/>
+      <c r="E33" s="60"/>
+      <c r="F33" s="61"/>
       <c r="G33" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="H33" s="65">
+      <c r="H33" s="59">
         <v>46843</v>
       </c>
-      <c r="I33" s="56"/>
-[...2 lines deleted...]
-      <c r="L33" s="32" t="s">
+      <c r="I33" s="60"/>
+      <c r="J33" s="60"/>
+      <c r="K33" s="61"/>
+      <c r="L33" s="36" t="s">
         <v>4</v>
       </c>
-      <c r="M33" s="33"/>
-      <c r="N33" s="16" t="s">
+      <c r="M33" s="37"/>
+      <c r="N33" s="23" t="s">
         <v>13</v>
       </c>
-      <c r="O33" s="17"/>
-[...1 lines deleted...]
-      <c r="Q33" s="17"/>
+      <c r="O33" s="24"/>
+      <c r="P33" s="24"/>
+      <c r="Q33" s="24"/>
       <c r="R33" s="8" t="s">
         <v>0</v>
       </c>
-      <c r="S33" s="14"/>
-[...1 lines deleted...]
-      <c r="U33" s="15"/>
+      <c r="S33" s="45"/>
+      <c r="T33" s="22"/>
+      <c r="U33" s="22"/>
     </row>
     <row r="34" spans="1:22" ht="24" customHeight="1">
-      <c r="A34" s="24"/>
+      <c r="A34" s="21"/>
       <c r="B34" s="8" t="s">
         <v>1</v>
       </c>
-      <c r="C34" s="29" t="s">
+      <c r="C34" s="35" t="s">
         <v>11</v>
       </c>
-      <c r="D34" s="30"/>
-[...1 lines deleted...]
-      <c r="F34" s="31"/>
+      <c r="D34" s="26"/>
+      <c r="E34" s="26"/>
+      <c r="F34" s="34"/>
       <c r="G34" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="H34" s="29" t="s">
+      <c r="H34" s="35" t="s">
         <v>11</v>
       </c>
-      <c r="I34" s="30"/>
-[...2 lines deleted...]
-      <c r="L34" s="32" t="s">
+      <c r="I34" s="26"/>
+      <c r="J34" s="26"/>
+      <c r="K34" s="34"/>
+      <c r="L34" s="36" t="s">
         <v>4</v>
       </c>
-      <c r="M34" s="33"/>
-[...3 lines deleted...]
-      <c r="Q34" s="17"/>
+      <c r="M34" s="37"/>
+      <c r="N34" s="24"/>
+      <c r="O34" s="24"/>
+      <c r="P34" s="24"/>
+      <c r="Q34" s="24"/>
       <c r="R34" s="8" t="s">
         <v>1</v>
       </c>
-      <c r="S34" s="14"/>
-[...1 lines deleted...]
-      <c r="U34" s="15"/>
+      <c r="S34" s="45"/>
+      <c r="T34" s="22"/>
+      <c r="U34" s="22"/>
     </row>
     <row r="35" spans="1:22" ht="24" customHeight="1">
-      <c r="A35" s="24"/>
+      <c r="A35" s="21"/>
       <c r="B35" s="8" t="s">
         <v>2</v>
       </c>
-      <c r="C35" s="29" t="s">
+      <c r="C35" s="35" t="s">
         <v>11</v>
       </c>
-      <c r="D35" s="30"/>
-[...1 lines deleted...]
-      <c r="F35" s="31"/>
+      <c r="D35" s="26"/>
+      <c r="E35" s="26"/>
+      <c r="F35" s="34"/>
       <c r="G35" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="H35" s="29" t="s">
+      <c r="H35" s="35" t="s">
         <v>11</v>
       </c>
-      <c r="I35" s="30"/>
-[...2 lines deleted...]
-      <c r="L35" s="32" t="s">
+      <c r="I35" s="26"/>
+      <c r="J35" s="26"/>
+      <c r="K35" s="34"/>
+      <c r="L35" s="36" t="s">
         <v>4</v>
       </c>
-      <c r="M35" s="33"/>
-[...3 lines deleted...]
-      <c r="Q35" s="17"/>
+      <c r="M35" s="37"/>
+      <c r="N35" s="24"/>
+      <c r="O35" s="24"/>
+      <c r="P35" s="24"/>
+      <c r="Q35" s="24"/>
       <c r="R35" s="8" t="s">
         <v>2</v>
       </c>
-      <c r="S35" s="14"/>
-[...1 lines deleted...]
-      <c r="U35" s="15"/>
+      <c r="S35" s="45"/>
+      <c r="T35" s="22"/>
+      <c r="U35" s="22"/>
     </row>
     <row r="36" spans="1:22" ht="24" customHeight="1">
-      <c r="A36" s="24" t="s">
+      <c r="A36" s="21" t="s">
         <v>51</v>
       </c>
-      <c r="B36" s="67">
+      <c r="B36" s="55">
         <v>571200</v>
       </c>
-      <c r="C36" s="67"/>
-[...2 lines deleted...]
-      <c r="F36" s="22" t="s">
+      <c r="C36" s="55"/>
+      <c r="D36" s="55"/>
+      <c r="E36" s="56"/>
+      <c r="F36" s="38" t="s">
         <v>6</v>
       </c>
-      <c r="G36" s="23"/>
-      <c r="H36" s="24" t="s">
+      <c r="G36" s="39"/>
+      <c r="H36" s="21" t="s">
         <v>7</v>
       </c>
-      <c r="I36" s="24"/>
-[...2 lines deleted...]
-      <c r="L36" s="69" t="s">
+      <c r="I36" s="21"/>
+      <c r="J36" s="21"/>
+      <c r="K36" s="48"/>
+      <c r="L36" s="57" t="s">
         <v>94</v>
       </c>
-      <c r="M36" s="70"/>
+      <c r="M36" s="58"/>
       <c r="N36" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="O36" s="16" t="s">
+      <c r="O36" s="23" t="s">
         <v>9</v>
       </c>
-      <c r="P36" s="16"/>
-[...2 lines deleted...]
-      <c r="S36" s="12" t="s">
+      <c r="P36" s="23"/>
+      <c r="Q36" s="23"/>
+      <c r="R36" s="51"/>
+      <c r="S36" s="43" t="s">
         <v>12</v>
       </c>
-      <c r="T36" s="13"/>
-      <c r="U36" s="13"/>
+      <c r="T36" s="44"/>
+      <c r="U36" s="44"/>
     </row>
     <row r="37" spans="1:22" ht="24" customHeight="1">
-      <c r="A37" s="24"/>
-      <c r="B37" s="16" t="s">
+      <c r="A37" s="21"/>
+      <c r="B37" s="23" t="s">
         <v>32</v>
       </c>
-      <c r="C37" s="17"/>
-[...4 lines deleted...]
-      <c r="H37" s="62" t="s">
+      <c r="C37" s="24"/>
+      <c r="D37" s="24"/>
+      <c r="E37" s="24"/>
+      <c r="F37" s="24"/>
+      <c r="G37" s="24"/>
+      <c r="H37" s="54" t="s">
         <v>95</v>
       </c>
-      <c r="I37" s="62"/>
-[...11 lines deleted...]
-      <c r="U37" s="62"/>
+      <c r="I37" s="54"/>
+      <c r="J37" s="54"/>
+      <c r="K37" s="54"/>
+      <c r="L37" s="54"/>
+      <c r="M37" s="54"/>
+      <c r="N37" s="54"/>
+      <c r="O37" s="54"/>
+      <c r="P37" s="54"/>
+      <c r="Q37" s="54"/>
+      <c r="R37" s="54"/>
+      <c r="S37" s="54"/>
+      <c r="T37" s="54"/>
+      <c r="U37" s="54"/>
       <c r="V37" s="11" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="38" spans="1:22" ht="24" customHeight="1">
       <c r="A38" s="5" t="s">
         <v>52</v>
       </c>
-      <c r="B38" s="53" t="s">
+      <c r="B38" s="52" t="s">
         <v>96</v>
       </c>
-      <c r="C38" s="53"/>
-[...4 lines deleted...]
-      <c r="H38" s="24" t="s">
+      <c r="C38" s="52"/>
+      <c r="D38" s="52"/>
+      <c r="E38" s="52"/>
+      <c r="F38" s="52"/>
+      <c r="G38" s="52"/>
+      <c r="H38" s="21" t="s">
         <v>34</v>
       </c>
-      <c r="I38" s="24"/>
-[...6 lines deleted...]
-      <c r="P38" s="53" t="s">
+      <c r="I38" s="21"/>
+      <c r="J38" s="21"/>
+      <c r="K38" s="21"/>
+      <c r="L38" s="21"/>
+      <c r="M38" s="21"/>
+      <c r="N38" s="21"/>
+      <c r="O38" s="21"/>
+      <c r="P38" s="52" t="s">
         <v>96</v>
       </c>
-      <c r="Q38" s="53"/>
-[...3 lines deleted...]
-      <c r="U38" s="53"/>
+      <c r="Q38" s="52"/>
+      <c r="R38" s="52"/>
+      <c r="S38" s="52"/>
+      <c r="T38" s="52"/>
+      <c r="U38" s="52"/>
     </row>
     <row r="39" spans="1:22" ht="24" customHeight="1">
       <c r="A39" s="5" t="s">
         <v>53</v>
       </c>
-      <c r="B39" s="53" t="s">
+      <c r="B39" s="52" t="s">
         <v>97</v>
       </c>
-      <c r="C39" s="53"/>
-[...4 lines deleted...]
-      <c r="H39" s="24" t="s">
+      <c r="C39" s="52"/>
+      <c r="D39" s="52"/>
+      <c r="E39" s="52"/>
+      <c r="F39" s="52"/>
+      <c r="G39" s="52"/>
+      <c r="H39" s="21" t="s">
         <v>33</v>
       </c>
-      <c r="I39" s="24"/>
-[...6 lines deleted...]
-      <c r="P39" s="53" t="s">
+      <c r="I39" s="21"/>
+      <c r="J39" s="21"/>
+      <c r="K39" s="21"/>
+      <c r="L39" s="21"/>
+      <c r="M39" s="21"/>
+      <c r="N39" s="21"/>
+      <c r="O39" s="21"/>
+      <c r="P39" s="52" t="s">
         <v>98</v>
       </c>
-      <c r="Q39" s="53"/>
-[...3 lines deleted...]
-      <c r="U39" s="53"/>
+      <c r="Q39" s="52"/>
+      <c r="R39" s="52"/>
+      <c r="S39" s="52"/>
+      <c r="T39" s="52"/>
+      <c r="U39" s="52"/>
     </row>
     <row r="40" spans="1:22" ht="28.9" customHeight="1">
       <c r="A40" s="5" t="s">
         <v>54</v>
       </c>
-      <c r="B40" s="46" t="s">
+      <c r="B40" s="28" t="s">
         <v>35</v>
       </c>
-      <c r="C40" s="46"/>
-[...19 lines deleted...]
-      <c r="U40" s="71"/>
+      <c r="C40" s="28"/>
+      <c r="D40" s="28"/>
+      <c r="E40" s="28"/>
+      <c r="F40" s="28"/>
+      <c r="G40" s="28"/>
+      <c r="H40" s="53" t="s">
+        <v>105</v>
+      </c>
+      <c r="I40" s="53"/>
+      <c r="J40" s="53"/>
+      <c r="K40" s="53"/>
+      <c r="L40" s="53"/>
+      <c r="M40" s="53"/>
+      <c r="N40" s="53"/>
+      <c r="O40" s="53"/>
+      <c r="P40" s="53"/>
+      <c r="Q40" s="53"/>
+      <c r="R40" s="53"/>
+      <c r="S40" s="53"/>
+      <c r="T40" s="53"/>
+      <c r="U40" s="53"/>
     </row>
     <row r="41" spans="1:22" ht="24" customHeight="1">
-      <c r="A41" s="45" t="s">
+      <c r="A41" s="27" t="s">
         <v>55</v>
       </c>
-      <c r="B41" s="21"/>
-[...18 lines deleted...]
-      <c r="U41" s="21"/>
+      <c r="B41" s="19"/>
+      <c r="C41" s="19"/>
+      <c r="D41" s="19"/>
+      <c r="E41" s="19"/>
+      <c r="F41" s="19"/>
+      <c r="G41" s="19"/>
+      <c r="H41" s="19"/>
+      <c r="I41" s="19"/>
+      <c r="J41" s="19"/>
+      <c r="K41" s="19"/>
+      <c r="L41" s="19"/>
+      <c r="M41" s="19"/>
+      <c r="N41" s="19"/>
+      <c r="O41" s="19"/>
+      <c r="P41" s="19"/>
+      <c r="Q41" s="19"/>
+      <c r="R41" s="19"/>
+      <c r="S41" s="19"/>
+      <c r="T41" s="19"/>
+      <c r="U41" s="19"/>
     </row>
     <row r="42" spans="1:22" ht="24" customHeight="1">
-      <c r="A42" s="24"/>
-[...19 lines deleted...]
-      <c r="U42" s="21"/>
+      <c r="A42" s="21"/>
+      <c r="B42" s="19"/>
+      <c r="C42" s="19"/>
+      <c r="D42" s="19"/>
+      <c r="E42" s="19"/>
+      <c r="F42" s="19"/>
+      <c r="G42" s="19"/>
+      <c r="H42" s="19"/>
+      <c r="I42" s="19"/>
+      <c r="J42" s="19"/>
+      <c r="K42" s="19"/>
+      <c r="L42" s="19"/>
+      <c r="M42" s="19"/>
+      <c r="N42" s="19"/>
+      <c r="O42" s="19"/>
+      <c r="P42" s="19"/>
+      <c r="Q42" s="19"/>
+      <c r="R42" s="19"/>
+      <c r="S42" s="19"/>
+      <c r="T42" s="19"/>
+      <c r="U42" s="19"/>
     </row>
     <row r="43" spans="1:22" ht="24" customHeight="1">
-      <c r="A43" s="24"/>
-[...19 lines deleted...]
-      <c r="U43" s="21"/>
+      <c r="A43" s="21"/>
+      <c r="B43" s="19"/>
+      <c r="C43" s="19"/>
+      <c r="D43" s="19"/>
+      <c r="E43" s="19"/>
+      <c r="F43" s="19"/>
+      <c r="G43" s="19"/>
+      <c r="H43" s="19"/>
+      <c r="I43" s="19"/>
+      <c r="J43" s="19"/>
+      <c r="K43" s="19"/>
+      <c r="L43" s="19"/>
+      <c r="M43" s="19"/>
+      <c r="N43" s="19"/>
+      <c r="O43" s="19"/>
+      <c r="P43" s="19"/>
+      <c r="Q43" s="19"/>
+      <c r="R43" s="19"/>
+      <c r="S43" s="19"/>
+      <c r="T43" s="19"/>
+      <c r="U43" s="19"/>
     </row>
     <row r="44" spans="1:22" ht="24" customHeight="1">
       <c r="A44" s="5" t="s">
         <v>56</v>
       </c>
-      <c r="B44" s="21"/>
-[...18 lines deleted...]
-      <c r="U44" s="21"/>
+      <c r="B44" s="19"/>
+      <c r="C44" s="19"/>
+      <c r="D44" s="19"/>
+      <c r="E44" s="19"/>
+      <c r="F44" s="19"/>
+      <c r="G44" s="19"/>
+      <c r="H44" s="19"/>
+      <c r="I44" s="19"/>
+      <c r="J44" s="19"/>
+      <c r="K44" s="19"/>
+      <c r="L44" s="19"/>
+      <c r="M44" s="19"/>
+      <c r="N44" s="19"/>
+      <c r="O44" s="19"/>
+      <c r="P44" s="19"/>
+      <c r="Q44" s="19"/>
+      <c r="R44" s="19"/>
+      <c r="S44" s="19"/>
+      <c r="T44" s="19"/>
+      <c r="U44" s="19"/>
     </row>
     <row r="45" spans="1:22" ht="24" customHeight="1">
       <c r="A45" s="5" t="s">
         <v>57</v>
       </c>
-      <c r="B45" s="21"/>
-[...18 lines deleted...]
-      <c r="U45" s="21"/>
+      <c r="B45" s="19"/>
+      <c r="C45" s="19"/>
+      <c r="D45" s="19"/>
+      <c r="E45" s="19"/>
+      <c r="F45" s="19"/>
+      <c r="G45" s="19"/>
+      <c r="H45" s="19"/>
+      <c r="I45" s="19"/>
+      <c r="J45" s="19"/>
+      <c r="K45" s="19"/>
+      <c r="L45" s="19"/>
+      <c r="M45" s="19"/>
+      <c r="N45" s="19"/>
+      <c r="O45" s="19"/>
+      <c r="P45" s="19"/>
+      <c r="Q45" s="19"/>
+      <c r="R45" s="19"/>
+      <c r="S45" s="19"/>
+      <c r="T45" s="19"/>
+      <c r="U45" s="19"/>
     </row>
     <row r="46" spans="1:22" ht="24" customHeight="1">
-      <c r="A46" s="45" t="s">
+      <c r="A46" s="27" t="s">
         <v>58</v>
       </c>
-      <c r="B46" s="34" t="s">
+      <c r="B46" s="20" t="s">
         <v>30</v>
       </c>
-      <c r="C46" s="34"/>
-[...8 lines deleted...]
-      <c r="L46" s="34" t="s">
+      <c r="C46" s="20"/>
+      <c r="D46" s="20"/>
+      <c r="E46" s="19"/>
+      <c r="F46" s="19"/>
+      <c r="G46" s="19"/>
+      <c r="H46" s="19"/>
+      <c r="I46" s="19"/>
+      <c r="J46" s="19"/>
+      <c r="K46" s="19"/>
+      <c r="L46" s="20" t="s">
         <v>29</v>
       </c>
-      <c r="M46" s="34"/>
-[...7 lines deleted...]
-      <c r="U46" s="21"/>
+      <c r="M46" s="20"/>
+      <c r="N46" s="20"/>
+      <c r="O46" s="19"/>
+      <c r="P46" s="19"/>
+      <c r="Q46" s="19"/>
+      <c r="R46" s="19"/>
+      <c r="S46" s="19"/>
+      <c r="T46" s="19"/>
+      <c r="U46" s="19"/>
     </row>
     <row r="47" spans="1:22" ht="24" customHeight="1">
-      <c r="A47" s="45"/>
-      <c r="B47" s="34" t="s">
+      <c r="A47" s="27"/>
+      <c r="B47" s="20" t="s">
         <v>36</v>
       </c>
-      <c r="C47" s="34"/>
-[...5 lines deleted...]
-      <c r="I47" s="34" t="s">
+      <c r="C47" s="20"/>
+      <c r="D47" s="20"/>
+      <c r="E47" s="19"/>
+      <c r="F47" s="19"/>
+      <c r="G47" s="19"/>
+      <c r="H47" s="19"/>
+      <c r="I47" s="20" t="s">
         <v>37</v>
       </c>
-      <c r="J47" s="34"/>
-[...10 lines deleted...]
-      <c r="U47" s="15"/>
+      <c r="J47" s="20"/>
+      <c r="K47" s="20"/>
+      <c r="L47" s="22"/>
+      <c r="M47" s="22"/>
+      <c r="N47" s="22"/>
+      <c r="O47" s="22"/>
+      <c r="P47" s="22"/>
+      <c r="Q47" s="22"/>
+      <c r="R47" s="22"/>
+      <c r="S47" s="22"/>
+      <c r="T47" s="22"/>
+      <c r="U47" s="22"/>
     </row>
     <row r="48" spans="1:22" ht="18" customHeight="1">
       <c r="A48" s="10" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="49" spans="1:12" ht="15" customHeight="1">
-      <c r="A49" s="34" t="s">
+      <c r="A49" s="20" t="s">
         <v>60</v>
       </c>
-      <c r="B49" s="34"/>
-      <c r="C49" s="34" t="s">
+      <c r="B49" s="20"/>
+      <c r="C49" s="20" t="s">
         <v>61</v>
       </c>
-      <c r="D49" s="34"/>
-[...3 lines deleted...]
-      <c r="H49" s="34" t="s">
+      <c r="D49" s="20"/>
+      <c r="E49" s="20"/>
+      <c r="F49" s="20"/>
+      <c r="G49" s="20"/>
+      <c r="H49" s="20" t="s">
         <v>62</v>
       </c>
-      <c r="I49" s="34"/>
-[...2 lines deleted...]
-      <c r="L49" s="34"/>
+      <c r="I49" s="20"/>
+      <c r="J49" s="20"/>
+      <c r="K49" s="20"/>
+      <c r="L49" s="20"/>
     </row>
     <row r="50" spans="1:12" ht="32.450000000000003" customHeight="1">
-      <c r="A50" s="30" t="s">
+      <c r="A50" s="26" t="s">
         <v>11</v>
       </c>
-      <c r="B50" s="30"/>
-      <c r="C50" s="30" t="s">
+      <c r="B50" s="26"/>
+      <c r="C50" s="26" t="s">
         <v>11</v>
       </c>
-      <c r="D50" s="30"/>
-[...3 lines deleted...]
-      <c r="H50" s="30" t="s">
+      <c r="D50" s="26"/>
+      <c r="E50" s="26"/>
+      <c r="F50" s="26"/>
+      <c r="G50" s="26"/>
+      <c r="H50" s="26" t="s">
         <v>11</v>
       </c>
-      <c r="I50" s="30"/>
-[...2 lines deleted...]
-      <c r="L50" s="30"/>
+      <c r="I50" s="26"/>
+      <c r="J50" s="26"/>
+      <c r="K50" s="26"/>
+      <c r="L50" s="26"/>
     </row>
   </sheetData>
   <mergeCells count="112">
-    <mergeCell ref="L47:U47"/>
-[...28 lines deleted...]
-    <mergeCell ref="P38:U38"/>
+    <mergeCell ref="B1:E1"/>
+    <mergeCell ref="F1:G1"/>
+    <mergeCell ref="B2:U2"/>
+    <mergeCell ref="P4:U4"/>
+    <mergeCell ref="A6:V6"/>
+    <mergeCell ref="A8:S8"/>
+    <mergeCell ref="A17:A18"/>
+    <mergeCell ref="B17:E17"/>
+    <mergeCell ref="F17:I17"/>
+    <mergeCell ref="J17:M17"/>
+    <mergeCell ref="B18:E18"/>
+    <mergeCell ref="F18:I18"/>
+    <mergeCell ref="J18:M18"/>
+    <mergeCell ref="A10:U10"/>
+    <mergeCell ref="A12:U12"/>
+    <mergeCell ref="B14:U14"/>
+    <mergeCell ref="B15:M15"/>
+    <mergeCell ref="N15:Q15"/>
+    <mergeCell ref="R15:U15"/>
+    <mergeCell ref="B19:K19"/>
+    <mergeCell ref="L19:O19"/>
+    <mergeCell ref="P19:S19"/>
+    <mergeCell ref="T19:U19"/>
+    <mergeCell ref="B20:K20"/>
+    <mergeCell ref="L20:O20"/>
+    <mergeCell ref="P20:U20"/>
+    <mergeCell ref="B16:M16"/>
+    <mergeCell ref="N16:Q18"/>
+    <mergeCell ref="R16:U18"/>
+    <mergeCell ref="B25:U25"/>
+    <mergeCell ref="B26:D26"/>
+    <mergeCell ref="E26:G26"/>
+    <mergeCell ref="H26:M26"/>
+    <mergeCell ref="N26:P26"/>
+    <mergeCell ref="Q26:S26"/>
+    <mergeCell ref="T26:U26"/>
+    <mergeCell ref="B21:U21"/>
+    <mergeCell ref="B22:M22"/>
+    <mergeCell ref="N22:O22"/>
+    <mergeCell ref="P22:U22"/>
+    <mergeCell ref="B23:U23"/>
+    <mergeCell ref="B24:E24"/>
+    <mergeCell ref="G24:J24"/>
+    <mergeCell ref="K24:O24"/>
+    <mergeCell ref="P24:S24"/>
+    <mergeCell ref="T24:U24"/>
+    <mergeCell ref="A30:A32"/>
+    <mergeCell ref="C30:Q30"/>
+    <mergeCell ref="R30:T30"/>
+    <mergeCell ref="C31:Q31"/>
+    <mergeCell ref="R31:T31"/>
+    <mergeCell ref="C32:Q32"/>
+    <mergeCell ref="R32:T32"/>
+    <mergeCell ref="B27:E28"/>
+    <mergeCell ref="F27:U27"/>
+    <mergeCell ref="F28:U28"/>
+    <mergeCell ref="B29:C29"/>
+    <mergeCell ref="D29:G29"/>
+    <mergeCell ref="H29:I29"/>
+    <mergeCell ref="J29:O29"/>
+    <mergeCell ref="P29:Q29"/>
+    <mergeCell ref="R29:U29"/>
     <mergeCell ref="C35:F35"/>
     <mergeCell ref="H35:K35"/>
     <mergeCell ref="L35:M35"/>
     <mergeCell ref="S35:U35"/>
     <mergeCell ref="A36:A37"/>
     <mergeCell ref="B36:E36"/>
     <mergeCell ref="F36:G36"/>
     <mergeCell ref="H36:K36"/>
     <mergeCell ref="L36:M36"/>
     <mergeCell ref="O36:R36"/>
     <mergeCell ref="A33:A35"/>
     <mergeCell ref="C33:F33"/>
     <mergeCell ref="H33:K33"/>
     <mergeCell ref="L33:M33"/>
     <mergeCell ref="N33:Q35"/>
     <mergeCell ref="S33:U33"/>
     <mergeCell ref="C34:F34"/>
     <mergeCell ref="H34:K34"/>
     <mergeCell ref="L34:M34"/>
     <mergeCell ref="S34:U34"/>
-    <mergeCell ref="A30:A32"/>
-[...60 lines deleted...]
-    <mergeCell ref="R15:U15"/>
+    <mergeCell ref="B39:G39"/>
+    <mergeCell ref="H39:O39"/>
+    <mergeCell ref="P39:U39"/>
+    <mergeCell ref="B40:G40"/>
+    <mergeCell ref="H40:U40"/>
+    <mergeCell ref="A41:A43"/>
+    <mergeCell ref="B41:U43"/>
+    <mergeCell ref="S36:U36"/>
+    <mergeCell ref="B37:G37"/>
+    <mergeCell ref="H37:U37"/>
+    <mergeCell ref="B38:G38"/>
+    <mergeCell ref="H38:O38"/>
+    <mergeCell ref="P38:U38"/>
+    <mergeCell ref="L47:U47"/>
+    <mergeCell ref="A49:B49"/>
+    <mergeCell ref="C49:G49"/>
+    <mergeCell ref="H49:L49"/>
+    <mergeCell ref="A50:B50"/>
+    <mergeCell ref="C50:G50"/>
+    <mergeCell ref="H50:L50"/>
+    <mergeCell ref="B44:U44"/>
+    <mergeCell ref="B45:U45"/>
+    <mergeCell ref="A46:A47"/>
+    <mergeCell ref="B46:D46"/>
+    <mergeCell ref="E46:K46"/>
+    <mergeCell ref="L46:N46"/>
+    <mergeCell ref="O46:U46"/>
+    <mergeCell ref="B47:D47"/>
+    <mergeCell ref="E47:H47"/>
+    <mergeCell ref="I47:K47"/>
   </mergeCells>
   <phoneticPr fontId="2"/>
   <conditionalFormatting sqref="B22">
     <cfRule type="containsText" dxfId="34" priority="1" operator="containsText" text="プルダウンで選択">
       <formula>NOT(ISERROR(SEARCH("プルダウンで選択",B22)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B27:E28">
     <cfRule type="expression" dxfId="33" priority="20">
       <formula>$B$27="センター"</formula>
     </cfRule>
     <cfRule type="expression" dxfId="32" priority="21">
       <formula>$B$27="プロジェクト"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B38:G38">
     <cfRule type="expression" dxfId="31" priority="15">
       <formula>$B$38="加入する"</formula>
     </cfRule>
     <cfRule type="expression" dxfId="30" priority="16">
       <formula>$B$38="加入しない"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B39:G39">
     <cfRule type="expression" dxfId="29" priority="11">
@@ -5239,51 +5239,51 @@
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="S36:U36">
     <cfRule type="expression" dxfId="4" priority="17">
       <formula>$S$36="RA-M相当"</formula>
     </cfRule>
     <cfRule type="expression" dxfId="3" priority="18">
       <formula>$S$36="RA-D相当"</formula>
     </cfRule>
     <cfRule type="expression" dxfId="2" priority="19">
       <formula>$S$36="PD相当"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="V4">
     <cfRule type="containsText" dxfId="1" priority="36" operator="containsText" text="プルダウンで選択">
       <formula>NOT(ISERROR(SEARCH("プルダウンで選択",V4)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="V19">
     <cfRule type="containsText" dxfId="0" priority="3" operator="containsText" text="プルダウンで選択">
       <formula>NOT(ISERROR(SEARCH("プルダウンで選択",V19)))</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="10">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="H40:U40" xr:uid="{F0910005-B5E7-429C-B5E6-2AB7AD21EE2D}">
-      <formula1>"審査手続きの要否判定の STEP１ で審査不要と判断した。,審査手続きの要否判定の STEP２ で不要と判断した。,審査手続きの要否判定の STEP６ で不要と判断した。,否判定の結果、審査手続きへ進んだが「規制に非該当」であった。,要否判定の結果、審査手続きへ進み「規制に該当の可能性あり」であった。（状況を備考欄に記載）"</formula1>
+      <formula1>"審査手続きの要否判定の STEP１ で審査不要と判断した。,審査手続きの要否判定の STEP２ で不要と判断した。,審査手続きの要否判定の STEP６ で不要と判断した。,要否判定の結果、審査手続きへ進んだが「規制に非該当」であった。,要否判定の結果、審査手続きへ進み「規制に該当の可能性あり」であった。（状況を備考欄に記載）"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="P39:U39" xr:uid="{2AB9BC32-4CD7-4E2B-AAB8-1F69734B734D}">
       <formula1>"要,不要"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B39:G39" xr:uid="{17215E50-6047-447C-BA3B-6C02CF846703}">
       <formula1>"支給する,支給しない"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B38:G38 P38:U38" xr:uid="{9DA884FF-5CFE-4BCE-A682-DF0DB8D6DC72}">
       <formula1>"加入する,加入しない"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="S36:U36" xr:uid="{A2DB9EC5-F9D0-48A5-B77A-99C0CDCA94DD}">
       <formula1>"PD相当,RA-D相当,RA-M相当"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B27:E28" xr:uid="{6B280A04-0D0B-46BB-93E3-AD8E0424E78F}">
       <formula1>"センター,プロジェクト,その他"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B21:U21" xr:uid="{66F2EBAC-60BE-446E-92EB-94466007595D}">
       <formula1>"研究,研究/教育,特区・研究,特別特区・研究,　"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="P20:U20" xr:uid="{E7957E0C-0B21-4DED-A4E7-3A66E4AE5D5B}">
       <formula1>"常勤,非常勤"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B20:K20" xr:uid="{E38434A1-1E90-4209-9092-EEDC077AFF67}">
       <formula1>"特任教授（有期）,特任准教授（有期）,特任講師（有期）,特任助教（有期）,研究員（有期）"</formula1>
     </dataValidation>